--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -866,61 +866,70 @@
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="489F7DBC" w14:textId="3B0A1574" w:rsidR="00316A8F" w:rsidRPr="006E7AA7" w:rsidRDefault="0002237C" w:rsidP="00316A8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Die Filzballflüsterer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29A78145" w14:textId="59401CD4" w:rsidR="00316A8F" w:rsidRPr="006E7AA7" w:rsidRDefault="00316A8F" w:rsidP="00316A8F">
+          <w:p w14:paraId="29A78145" w14:textId="376BE6B8" w:rsidR="00316A8F" w:rsidRPr="006E7AA7" w:rsidRDefault="0002697D" w:rsidP="00316A8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1:2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A170418" w14:textId="29E0F62C" w:rsidR="00316A8F" w:rsidRPr="006E7AA7" w:rsidRDefault="0002237C" w:rsidP="00316A8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Macht nix, weiter 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1282,61 +1291,70 @@
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53615D0D" w14:textId="02008E49" w:rsidR="00FA1B24" w:rsidRPr="006E7AA7" w:rsidRDefault="0002237C" w:rsidP="00FA1B24">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Die Riedochsen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="593B9410" w14:textId="7012153D" w:rsidR="00FA1B24" w:rsidRPr="006E7AA7" w:rsidRDefault="00FA1B24" w:rsidP="00FA1B24">
+          <w:p w14:paraId="593B9410" w14:textId="22CD05A0" w:rsidR="00FA1B24" w:rsidRPr="006E7AA7" w:rsidRDefault="0002697D" w:rsidP="00FA1B24">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DAC0992" w14:textId="60AAA4D8" w:rsidR="00FA1B24" w:rsidRPr="006E7AA7" w:rsidRDefault="0002237C" w:rsidP="00FA1B24">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TC Neckar Ilvesheim</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1484,61 +1502,70 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">TCO </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rieslingschorle</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D07E27A" w14:textId="75D3D8D0" w:rsidR="00DD7B4D" w:rsidRPr="006E7AA7" w:rsidRDefault="00DD7B4D" w:rsidP="00DD7B4D">
+          <w:p w14:paraId="7D07E27A" w14:textId="12BE1FE9" w:rsidR="00DD7B4D" w:rsidRPr="006E7AA7" w:rsidRDefault="0002697D" w:rsidP="00DD7B4D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2:1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32885EC7" w14:textId="03A866A3" w:rsidR="00DD7B4D" w:rsidRPr="006E7AA7" w:rsidRDefault="009972EF" w:rsidP="00DD7B4D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TC GW Dirmstein</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1589,91 +1616,99 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CF2E7DA" w14:textId="77777777" w:rsidR="005D73B0" w:rsidRDefault="005D73B0" w:rsidP="00DD7B4D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DB5591C" w14:textId="046AB22E" w:rsidR="005D73B0" w:rsidRDefault="005D73B0" w:rsidP="00DD7B4D">
+          <w:p w14:paraId="2DB5591C" w14:textId="5E025CDE" w:rsidR="005D73B0" w:rsidRDefault="005D73B0" w:rsidP="00DD7B4D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="001844F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
+            <w:r w:rsidR="009521BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
             <w:r w:rsidR="00F62DAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>00</w:t>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21284284" w14:textId="524550C4" w:rsidR="005D73B0" w:rsidRDefault="00F62DAC" w:rsidP="00DD7B4D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
@@ -1876,61 +1911,70 @@
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="366E6C91" w14:textId="435E3F18" w:rsidR="004A1326" w:rsidRPr="006E7AA7" w:rsidRDefault="006E728F" w:rsidP="004A1326">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TC Weilerbach</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4547D9CE" w14:textId="007FD977" w:rsidR="004A1326" w:rsidRPr="006E7AA7" w:rsidRDefault="004A1326" w:rsidP="004A1326">
+          <w:p w14:paraId="4547D9CE" w14:textId="0739C847" w:rsidR="004A1326" w:rsidRPr="006E7AA7" w:rsidRDefault="00482758" w:rsidP="004A1326">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="707B9996" w14:textId="3029A081" w:rsidR="004A1326" w:rsidRPr="006E7AA7" w:rsidRDefault="006E728F" w:rsidP="004A1326">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TCL 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2078,86 +2122,93 @@
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>love</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DCAEA46" w14:textId="4E55C247" w:rsidR="004A1326" w:rsidRPr="006E7AA7" w:rsidRDefault="004A1326" w:rsidP="004A1326">
+          <w:p w14:paraId="2DCAEA46" w14:textId="40A87FEF" w:rsidR="004A1326" w:rsidRPr="006E7AA7" w:rsidRDefault="00482758" w:rsidP="004A1326">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C8A57FE" w14:textId="2A14CB8D" w:rsidR="004A1326" w:rsidRPr="006E7AA7" w:rsidRDefault="0015259D" w:rsidP="004A1326">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TC GW Dirmstein</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="425E9FF0" w14:textId="51492103" w:rsidR="004A1326" w:rsidRPr="009C13CC" w:rsidRDefault="00667E93" w:rsidP="004A1326">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Damen/D-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2296,61 +2347,70 @@
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="564B4F5F" w14:textId="5891A117" w:rsidR="004A1326" w:rsidRPr="00B2720D" w:rsidRDefault="00667E93" w:rsidP="004A1326">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TC Hockenheim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2230DE42" w14:textId="5CA13E41" w:rsidR="004A1326" w:rsidRPr="00B2720D" w:rsidRDefault="004A1326" w:rsidP="004A1326">
+          <w:p w14:paraId="2230DE42" w14:textId="0C702E93" w:rsidR="004A1326" w:rsidRPr="00B2720D" w:rsidRDefault="00482758" w:rsidP="004A1326">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47CB4F49" w14:textId="52FB63FC" w:rsidR="004A1326" w:rsidRPr="00B2720D" w:rsidRDefault="0015259D" w:rsidP="004A1326">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slicegirls</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -2489,61 +2549,70 @@
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C25C7A0" w14:textId="07B0D988" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Double Trouble</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2067EE43" w14:textId="592A9B74" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
+          <w:p w14:paraId="2067EE43" w14:textId="2BB36797" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00482758" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E2C4F77" w14:textId="2695FB44" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>It‘s</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -2606,67 +2675,83 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43BA227C" w14:textId="77777777" w:rsidR="00667E93" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56C9D9F8" w14:textId="175D5235" w:rsidR="00667E93" w:rsidRDefault="00667E93" w:rsidP="00667E93">
-[...15 lines deleted...]
-              <w:t>17:00</w:t>
+          <w:p w14:paraId="56C9D9F8" w14:textId="72783E8A" w:rsidR="00667E93" w:rsidRDefault="00667E93" w:rsidP="00667E93">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:</w:t>
+            </w:r>
+            <w:r w:rsidR="009521BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18BBE0A7" w14:textId="34370712" w:rsidR="00667E93" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
@@ -2855,61 +2940,70 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">The </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nameless</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="337F7293" w14:textId="0CE1A215" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
+          <w:p w14:paraId="337F7293" w14:textId="075D4FC2" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="001F1E2A" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1:2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B5B3849" w14:textId="4844A2D6" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ck</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -3061,60 +3155,69 @@
           <w:p w14:paraId="1FB469BB" w14:textId="5044F683" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yipsies</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6748EBF8" w14:textId="05EACB0F" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
+          <w:p w14:paraId="6748EBF8" w14:textId="3B5962B2" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="001F1E2A" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2:1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="739187E8" w14:textId="12364D2F" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TC BW Bensheim</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3270,61 +3373,70 @@
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Backhand</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Babes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E12A777" w14:textId="3C8CE88C" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
+          <w:p w14:paraId="7E12A777" w14:textId="758374F0" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00380016" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1:2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CAF8A8D" w14:textId="6DE60BE0" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">#30er </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
@@ -3480,60 +3592,69 @@
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36E88850" w14:textId="7228FED2" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="005D0E62" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TSG Heidelberg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11C224AE" w14:textId="1FECA319" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
+          <w:p w14:paraId="11C224AE" w14:textId="03258B92" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="001F1E2A" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6005E2DA" w14:textId="5198B964" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="005D0E62" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TC RW Neustadt</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3576,67 +3697,83 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60945B9B" w14:textId="77777777" w:rsidR="00667E93" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="368B26BF" w14:textId="67B173E6" w:rsidR="00667E93" w:rsidRDefault="00667E93" w:rsidP="00667E93">
-[...15 lines deleted...]
-              <w:t>17:00</w:t>
+          <w:p w14:paraId="368B26BF" w14:textId="39BF2318" w:rsidR="00667E93" w:rsidRDefault="00667E93" w:rsidP="00667E93">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:</w:t>
+            </w:r>
+            <w:r w:rsidR="009521BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="135A3446" w14:textId="173092AE" w:rsidR="00667E93" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
@@ -3847,61 +3984,70 @@
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C0C593A" w14:textId="05D21C50" w:rsidR="00667E93" w:rsidRPr="00296C07" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Return Sisters</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00C7F365" w14:textId="2937C517" w:rsidR="00667E93" w:rsidRPr="00296C07" w:rsidRDefault="00667E93" w:rsidP="00667E93">
+          <w:p w14:paraId="00C7F365" w14:textId="70D69699" w:rsidR="00667E93" w:rsidRPr="00296C07" w:rsidRDefault="001F1E2A" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2:1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11D11DC5" w14:textId="0B94164E" w:rsidR="00667E93" w:rsidRPr="00296C07" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bob Club Fürth</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4031,61 +4177,70 @@
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50C0345B" w14:textId="6C21C46D" w:rsidR="00667E93" w:rsidRPr="00296C07" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rosso Bianco</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78A55EDF" w14:textId="3C551239" w:rsidR="00667E93" w:rsidRPr="00296C07" w:rsidRDefault="00667E93" w:rsidP="00667E93">
+          <w:p w14:paraId="78A55EDF" w14:textId="63AD656C" w:rsidR="00667E93" w:rsidRPr="00296C07" w:rsidRDefault="001F1E2A" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1:2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B358CB7" w14:textId="243CB5AC" w:rsidR="00667E93" w:rsidRPr="00296C07" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>New Ysenburg</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4231,61 +4386,70 @@
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13738B99" w14:textId="2835D828" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Die Furchtlosen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52BF1CC3" w14:textId="40A6ECD0" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
+          <w:p w14:paraId="52BF1CC3" w14:textId="7B0B8E92" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="001F1E2A" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08BF36D1" w14:textId="34B24548" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Chaosqueens</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4433,61 +4597,70 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Rolling Stones </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Reloaded</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17E108D9" w14:textId="564E97CF" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
+          <w:p w14:paraId="17E108D9" w14:textId="3042D8C5" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="001F1E2A" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F1D1BD1" w14:textId="37465FE6" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Freunde des Tennissports</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4811,61 +4984,70 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Double Trouble/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Schymek</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C91AD7B" w14:textId="21A318DC" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
+          <w:p w14:paraId="4C91AD7B" w14:textId="0EDD7660" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00B01B0B" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BB91AA2" w14:textId="3A906340" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Match-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
@@ -5005,61 +5187,70 @@
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F1C8C84" w14:textId="79D0F4E9" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TV Laubenheim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2547643E" w14:textId="02CE9172" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
+          <w:p w14:paraId="2547643E" w14:textId="4CB2D09F" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00B01B0B" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EDD7285" w14:textId="6A03F65C" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Die Olafs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5207,61 +5398,70 @@
           <w:p w14:paraId="0EF91009" w14:textId="0B8C83AB" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tzazikis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03E8EAB0" w14:textId="742F38E3" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
+          <w:p w14:paraId="03E8EAB0" w14:textId="2CD5335D" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00B01B0B" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2:1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19800502" w14:textId="56F6CE7C" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Wonderbags</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -5411,61 +5611,70 @@
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Schriesemer</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ladies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A0B165C" w14:textId="1F7A9349" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
+          <w:p w14:paraId="7A0B165C" w14:textId="622330CD" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00B01B0B" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1665CD52" w14:textId="490E1662" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TC RW Nierstein</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5508,67 +5717,83 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1BC9E892" w14:textId="77777777" w:rsidR="00667E93" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BEBF864" w14:textId="4A94D7F8" w:rsidR="00667E93" w:rsidRDefault="00667E93" w:rsidP="00667E93">
-[...15 lines deleted...]
-              <w:t>17:00</w:t>
+          <w:p w14:paraId="2BEBF864" w14:textId="049A3FC5" w:rsidR="00667E93" w:rsidRDefault="00667E93" w:rsidP="00667E93">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:</w:t>
+            </w:r>
+            <w:r w:rsidR="009521BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16A4D585" w14:textId="64D25E77" w:rsidR="00667E93" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
@@ -5763,61 +5988,70 @@
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79E66873" w14:textId="18B7707E" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Smoothies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1741FF30" w14:textId="3A0C3047" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
+          <w:p w14:paraId="1741FF30" w14:textId="552946A1" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00C72A20" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59E78E35" w14:textId="1BC0D70D" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Second </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
@@ -5946,55 +6180,56 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D044724" w14:textId="22A56508" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009330F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Die Furchtlosen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="682A159B" w14:textId="67A8178F" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
@@ -6159,61 +6394,70 @@
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="292851AE" w14:textId="3AC88FFE" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="005D0E62" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Crazy Ducks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AD24E97" w14:textId="14FCDB9D" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
+          <w:p w14:paraId="0AD24E97" w14:textId="035590AB" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00C72A20" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="411DAA2E" w14:textId="5DBD2253" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="005D0E62" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Die ehemaligen Grün-Weißen</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6351,60 +6595,69 @@
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A500789" w14:textId="2ED9A139" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TCO Weizenbier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B3DD049" w14:textId="0DBE0616" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
+          <w:p w14:paraId="3B3DD049" w14:textId="44979DBC" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00C72A20" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D6C5F3A" w14:textId="6E0AE344" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TGV Old but Gold</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6891,50 +7144,52 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sonnenschein</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="795E502A" w14:textId="6823B26E" w:rsidR="00B334C5" w:rsidRPr="006E7AA7" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3236565E" w14:textId="247D5ADA" w:rsidR="00B334C5" w:rsidRPr="006E7AA7" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lucky Ladies Oppenheim</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -7123,59 +7378,67 @@
           <w:p w14:paraId="5ACFF2F7" w14:textId="121649EA" w:rsidR="00B334C5" w:rsidRPr="006E7AA7" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rabbitchickz</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76A8CFA9" w14:textId="2425D63F" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="76A8CFA9" w14:textId="6C8EB150" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B76022" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="57AC642E" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6152B4D9" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CF0C718" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
@@ -7374,67 +7637,83 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19B5E59E" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7236AAE6" w14:textId="5182D025" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...15 lines deleted...]
-              <w:t>17:00</w:t>
+          <w:p w14:paraId="7236AAE6" w14:textId="6842504F" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:</w:t>
+            </w:r>
+            <w:r w:rsidR="009F5582">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="364724DA" w14:textId="5BFA5EDE" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
@@ -7481,18518 +7760,19969 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28ACCC22" w14:textId="10DC5A02" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="5B1AF8C1" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00044527" w:rsidRPr="009C13CC" w14:paraId="5B1AF8C1" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DE1E119" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="4DE1E119" w14:textId="77777777" w:rsidR="00044527" w:rsidRPr="009C13CC" w:rsidRDefault="00044527" w:rsidP="00044527">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D8552C6" w14:textId="748E4A04" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="6D8552C6" w14:textId="748E4A04" w:rsidR="00044527" w:rsidRPr="009C13CC" w:rsidRDefault="00044527" w:rsidP="00044527">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>29.11.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EC555D7" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="2EC555D7" w14:textId="77777777" w:rsidR="00044527" w:rsidRPr="003D6642" w:rsidRDefault="00044527" w:rsidP="00044527">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="637ADFC3" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="637ADFC3" w14:textId="77777777" w:rsidR="00044527" w:rsidRPr="003D6642" w:rsidRDefault="00044527" w:rsidP="00044527">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BE720B1" w14:textId="795505F7" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7BE720B1" w14:textId="3F8F352E" w:rsidR="00044527" w:rsidRPr="003D6642" w:rsidRDefault="00044527" w:rsidP="00044527">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TC Rehasport </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Leimer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CDE12DF" w14:textId="03A30C5E" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="6CDE12DF" w14:textId="03A30C5E" w:rsidR="00044527" w:rsidRPr="003D6642" w:rsidRDefault="00044527" w:rsidP="00044527">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E86D67F" w14:textId="718E40B3" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1E86D67F" w14:textId="73F7F821" w:rsidR="00044527" w:rsidRPr="003D6642" w:rsidRDefault="00044527" w:rsidP="00044527">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nahezu Topfit</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35DF85C0" w14:textId="37BD3B07" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="35DF85C0" w14:textId="0AF702B4" w:rsidR="00044527" w:rsidRPr="003D6642" w:rsidRDefault="00044527" w:rsidP="00044527">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="5472863A" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w14:paraId="5472863A" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34C5F46F" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="34C5F46F" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="293F0484" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="293F0484" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="719D0CA6" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="719D0CA6" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30FB2E32" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="30FB2E32" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F28119A" w14:textId="3F680392" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2F28119A" w14:textId="4B11FC13" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hemsbach </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Fifty‘s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F3807D4" w14:textId="7679433D" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="2F3807D4" w14:textId="7679433D" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1391236A" w14:textId="03ADD8EF" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1391236A" w14:textId="0C004FE7" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TSG Heidelberg</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4208535A" w14:textId="1241DC51" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4208535A" w14:textId="7A66B851" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="37634020" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w14:paraId="37634020" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48943370" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="48943370" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78863DC1" w14:textId="37552E2A" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="78863DC1" w14:textId="37552E2A" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30.11.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50FC0ECC" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="50FC0ECC" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70D08159" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="70D08159" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09FF19FD" w14:textId="05717191" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="09FF19FD" w14:textId="38A280AC" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC BW Bensheim</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A94ACB2" w14:textId="3D3716C6" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="1A94ACB2" w14:textId="3D3716C6" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54B1DB77" w14:textId="4C2186A4" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="54B1DB77" w14:textId="4DEE11FD" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Die Turboschnecken</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="463D43EA" w14:textId="7AACA421" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="463D43EA" w14:textId="6C591F2F" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="6E2B7502" w14:textId="77777777" w:rsidTr="00B47A53">
+      <w:tr w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w14:paraId="6E2B7502" w14:textId="77777777" w:rsidTr="00B47A53">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="759FD67A" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="759FD67A" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF3F1C5" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="0FF3F1C5" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C8ED854" w14:textId="1EF44462" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="1C8ED854" w14:textId="1EF44462" w:rsidR="004F2E6E" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F0DC61D" w14:textId="68D6DC37" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="2F0DC61D" w14:textId="68D6DC37" w:rsidR="004F2E6E" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E7617D5" w14:textId="467E769B" w:rsidR="00B334C5" w:rsidRPr="006E7AA7" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3E7617D5" w14:textId="5348C29C" w:rsidR="004F2E6E" w:rsidRPr="006E7AA7" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Thundercats</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="537D234A" w14:textId="56459553" w:rsidR="00B334C5" w:rsidRPr="006E7AA7" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="537D234A" w14:textId="56459553" w:rsidR="004F2E6E" w:rsidRPr="006E7AA7" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02BFB0B8" w14:textId="6661F01E" w:rsidR="00B334C5" w:rsidRPr="006E7AA7" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="02BFB0B8" w14:textId="6D706C3A" w:rsidR="004F2E6E" w:rsidRPr="006E7AA7" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">#30er </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>love</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1.0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EEB265D" w14:textId="6C1E6DA9" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0EEB265D" w14:textId="4DD3469D" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Damen/D-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="031A9B06" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w14:paraId="031A9B06" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1434B98D" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="1434B98D" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45BF1862" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="45BF1862" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F17505A" w14:textId="2A60E9D0" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...15 lines deleted...]
-              <w:t>17:00</w:t>
+          <w:p w14:paraId="4F17505A" w14:textId="20290AFC" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C7263FD" w14:textId="062B6B9E" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="4C7263FD" w14:textId="062B6B9E" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B72ABD6" w14:textId="3CB84043" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5B72ABD6" w14:textId="6B88EE2D" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Puffer</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59372328" w14:textId="10CA51FE" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="59372328" w14:textId="10CA51FE" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="334C9D62" w14:textId="1238315C" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="334C9D62" w14:textId="5AB1DC94" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Puffer</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D3E8901" w14:textId="7C98EFE5" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="1D3E8901" w14:textId="7C98EFE5" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="4F9BDF3C" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w14:paraId="4F9BDF3C" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EB9D660" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="2EB9D660" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A61E643" w14:textId="6F1242FC" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="2A61E643" w14:textId="6F1242FC" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>06.12.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08CB6A77" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="08CB6A77" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EC00DB3" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="7EC00DB3" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28DA8E41" w14:textId="225F80D5" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="28DA8E41" w14:textId="29DF3785" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Doppel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sistas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="639021C3" w14:textId="44D10953" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="639021C3" w14:textId="44D10953" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B6C20FD" w14:textId="48A032FE" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2B6C20FD" w14:textId="7EA07862" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Court Queens</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E3A5A02" w14:textId="03860CA8" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6E3A5A02" w14:textId="6A0BD656" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="113521A9" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w14:paraId="113521A9" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29CFD8D7" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="29CFD8D7" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25BE73FE" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="25BE73FE" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1674A07B" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="1674A07B" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="133D53EC" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="133D53EC" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32C931EB" w14:textId="6CE13D53" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="32C931EB" w14:textId="6B40BADE" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="002B66F3" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC Promille</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B8CCC26" w14:textId="7DC4403C" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="6B8CCC26" w14:textId="7DC4403C" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1380CE76" w14:textId="1AF32AF9" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1380CE76" w14:textId="4B25F712" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="002B66F3" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC GW Neustadt</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F7D33B2" w14:textId="44DE3063" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4F7D33B2" w14:textId="061317FC" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="002B66F3" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Herren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="79B1A387" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w14:paraId="79B1A387" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E591CBF" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="3E591CBF" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BB0A8BE" w14:textId="71BC3604" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="7BB0A8BE" w14:textId="71BC3604" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>07.12.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43468DAA" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="43468DAA" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04B58A5A" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="04B58A5A" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43895F22" w14:textId="1D6164D3" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="43895F22" w14:textId="616FD24A" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Slicegirls</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08137D49" w14:textId="47E4536D" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="08137D49" w14:textId="47E4536D" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EBA1C81" w14:textId="7F0041AC" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6EBA1C81" w14:textId="14687A46" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC GW Dirmstein</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74E46989" w14:textId="17FA78FD" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="74E46989" w14:textId="6C52D1A1" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Damen/D-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="70449113" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w14:paraId="70449113" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EDB6E80" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="2EDB6E80" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="332AF31A" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="332AF31A" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11BCF4AE" w14:textId="38B9DB50" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="11BCF4AE" w14:textId="38B9DB50" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19036E96" w14:textId="49CE727E" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="19036E96" w14:textId="49CE727E" w:rsidR="004F2E6E" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33B62CE3" w14:textId="453476FC" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="33B62CE3" w14:textId="0236C8C4" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="002B66F3" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Hottie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Honkies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EE4C360" w14:textId="6C2792B7" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="6EE4C360" w14:textId="6C2792B7" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59281B95" w14:textId="267185D2" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="59281B95" w14:textId="05116B72" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="002B66F3" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Schoppenheimer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ladies</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72B6F792" w14:textId="3C65BF88" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="72B6F792" w14:textId="6F31F341" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="002B66F3" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="0C68E4A3" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00CC0873" w:rsidRPr="009C13CC" w14:paraId="0C68E4A3" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="117E7B9E" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="117E7B9E" w14:textId="77777777" w:rsidR="00CC0873" w:rsidRPr="009C13CC" w:rsidRDefault="00CC0873" w:rsidP="00CC0873">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C591DA9" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="00041AB9" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="3C591DA9" w14:textId="77777777" w:rsidR="00CC0873" w:rsidRPr="00041AB9" w:rsidRDefault="00CC0873" w:rsidP="00CC0873">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41D3BE40" w14:textId="1849D737" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...15 lines deleted...]
-              <w:t>17:00</w:t>
+          <w:p w14:paraId="41D3BE40" w14:textId="1C391B90" w:rsidR="00CC0873" w:rsidRPr="009C13CC" w:rsidRDefault="00CC0873" w:rsidP="00CC0873">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73367FA1" w14:textId="19A13BB4" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="73367FA1" w14:textId="19A13BB4" w:rsidR="00CC0873" w:rsidRPr="009C13CC" w:rsidRDefault="00CC0873" w:rsidP="00CC0873">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CCB304A" w14:textId="2C974A21" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0CCB304A" w14:textId="7A3423DE" w:rsidR="00CC0873" w:rsidRPr="003D6642" w:rsidRDefault="00CC0873" w:rsidP="00CC0873">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Team </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Feidene</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A083077" w14:textId="09D7885F" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="6A083077" w14:textId="09D7885F" w:rsidR="00CC0873" w:rsidRPr="003D6642" w:rsidRDefault="00CC0873" w:rsidP="00CC0873">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57383E2A" w14:textId="39D70B41" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="57383E2A" w14:textId="3D5104EB" w:rsidR="00CC0873" w:rsidRPr="003D6642" w:rsidRDefault="00CC0873" w:rsidP="00CC0873">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TCL Matchball 2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23B5B18B" w14:textId="766272B2" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="23B5B18B" w14:textId="68367C37" w:rsidR="00CC0873" w:rsidRPr="003D6642" w:rsidRDefault="00CC0873" w:rsidP="00CC0873">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Herren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="7133ED66" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="7133ED66" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F17EB1A" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="2F17EB1A" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43A30C87" w14:textId="7E069EA2" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="43A30C87" w14:textId="7E069EA2" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13.12.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="612466D7" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="612466D7" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C8A311A" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="4C8A311A" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C8A9AF8" w14:textId="6F194A3F" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6C8A9AF8" w14:textId="3EDECE94" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TV Laubenheim</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C6804D9" w14:textId="2EA0EFB9" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="1C6804D9" w14:textId="2EA0EFB9" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D8EA9E9" w14:textId="185276B6" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5D8EA9E9" w14:textId="04A7C6AE" w:rsidR="00ED68CE" w:rsidRPr="00CC09B4" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC09B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Die </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC09B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clumsys</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45192882" w14:textId="08C568CF" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="45192882" w14:textId="337DBC8E" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Damen/D-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="596F3DC5" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="596F3DC5" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70274AA7" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="70274AA7" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E67D863" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="2E67D863" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60E52135" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="60E52135" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5137E6E3" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="5137E6E3" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68A17D3C" w14:textId="46CDBE7D" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="68A17D3C" w14:textId="48F50155" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="009521BE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rosso Bianco </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="164E60C8" w14:textId="3DB43E7B" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="164E60C8" w14:textId="3DB43E7B" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57E3A768" w14:textId="600512EF" w:rsidR="00B334C5" w:rsidRPr="00587346" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="57E3A768" w14:textId="42298896" w:rsidR="00ED68CE" w:rsidRPr="00CC09B4" w:rsidRDefault="009521BE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC09B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mainz Bretzenheim 46er</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="539A16F3" w14:textId="44A4DAF5" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="009521BE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="64B119C0" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA19213" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="206D9EC6" w14:textId="39DBCE50" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14.12.25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2870CA6D" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A128FCB" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05230A35" w14:textId="6156A84D" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Court Queens</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C4B5438" w14:textId="4031E8D3" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60EAAE53" w14:textId="218FC4D1" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pharma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Girls</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="262E9905" w14:textId="1205EE3A" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="627012FC" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7935B8C8" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CFECF4A" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7662FC75" w14:textId="722B2277" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E7C05A5" w14:textId="64031A57" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06F16F93" w14:textId="1E72F992" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Doppel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sistaz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77520BB4" w14:textId="2572EAEE" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2197E62A" w14:textId="795BD5DD" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Aperolis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B6590C7" w14:textId="1E321D8D" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="4DF78CFD" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00952E95" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7628C638" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1549461D" w14:textId="046C8F5E" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3713779D" w14:textId="0B8A8B33" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00E09AE7" w14:textId="2CC8B464" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TCW H-30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A353BA" w14:textId="0111B301" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BCFEF2B" w14:textId="05E1C38A" w:rsidR="00ED68CE" w:rsidRPr="00DA18F8" w:rsidRDefault="00DA18F8" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009330F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Die Muskelkaters</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="539A16F3" w14:textId="38423C03" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="23173FCE" w14:textId="1D824340" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="64B119C0" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="475A82F8" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA19213" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="2CE8A6DE" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>SA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74566E22" w14:textId="0642B285" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20.12.25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32CC063D" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58181D9D" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3034E681" w14:textId="02BFF2BC" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="009521BE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Die Filzballflüsterer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="787BADDD" w14:textId="0A86EC66" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC9F0AB" w14:textId="0BF52245" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="009521BE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Riedochsen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D22B3DA" w14:textId="2A7731FC" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="009521BE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="61BC476A" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="765F3696" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DBE182C" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40B2173E" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B327567" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29CE95A9" w14:textId="07521C68" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00E95CD2" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>LADYS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7550326F" w14:textId="62EC5E51" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20ABB573" w14:textId="5496203F" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00E95CD2" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC Mutterstadt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="765CD09E" w14:textId="01404F7D" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00E95CD2" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="5FC48615" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F0C9DD4" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="206D9EC6" w14:textId="39DBCE50" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...15 lines deleted...]
-              <w:t>14.12.25</w:t>
+          <w:p w14:paraId="720F8C34" w14:textId="458DC714" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21.12.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2870CA6D" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="59829DF3" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A128FCB" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="02F2653F" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05230A35" w14:textId="55BDCB21" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2822DFEE" w14:textId="75533BA6" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00A72D82" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bob Club Fürth</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C4B5438" w14:textId="4031E8D3" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="5CF57039" w14:textId="1A3CCD85" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60EAAE53" w14:textId="64021D7B" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4EDF257B" w14:textId="7135503F" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00A72D82" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TCL 1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="262E9905" w14:textId="5E119807" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="61ADB34D" w14:textId="06AF1291" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00B839BB" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Damen/D-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="627012FC" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="0FE8B94A" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7935B8C8" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="1158D02A" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CFECF4A" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="17368A64" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7662FC75" w14:textId="722B2277" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="2267DB79" w14:textId="791DAC5D" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E7C05A5" w14:textId="64031A57" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="055B6CD4" w14:textId="45C0E88D" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06F16F93" w14:textId="44AB7DE8" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1F6AB984" w14:textId="4B65C7C2" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00E95CD2" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dreamteam</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77520BB4" w14:textId="2572EAEE" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="5C5BAEC7" w14:textId="44F46908" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2197E62A" w14:textId="7DFE7246" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="444D007A" w14:textId="4CFD8637" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00E95CD2" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Rollercoaster</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Girls</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B6590C7" w14:textId="6D26A114" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="59182FA5" w14:textId="46996645" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00E95CD2" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="4DF78CFD" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="61375047" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00952E95" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="6E191862" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7628C638" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="53C952E6" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1549461D" w14:textId="05FA987F" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...15 lines deleted...]
-              <w:t>17:00</w:t>
+          <w:p w14:paraId="6D7E1F96" w14:textId="3F064678" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3713779D" w14:textId="0B8A8B33" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="1A8EBC20" w14:textId="05907FE6" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00E09AE7" w14:textId="1F0CD6CD" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="70D3CA33" w14:textId="58AE3783" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Puffer</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43A353BA" w14:textId="0111B301" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="0800F7AC" w14:textId="17EBB60A" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BCFEF2B" w14:textId="0B0CB1E7" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="282A3FC0" w14:textId="64A0027A" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Puffer</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23173FCE" w14:textId="0E771FD4" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="77DC806A" w14:textId="57E8E913" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="475A82F8" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="15490B93" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CE8A6DE" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1FB9B700" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74566E22" w14:textId="0642B285" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="32AE42EF" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32CC063D" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...24 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="624A8CAF" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58181D9D" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="610408D0" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3034E681" w14:textId="7527CC3C" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...775 lines deleted...]
-          <w:p w14:paraId="1F815A8C" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="1F815A8C" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA6E7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Frohe </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72D2FB56" w14:textId="40CD4FF6" w:rsidR="00B334C5" w:rsidRPr="00CA6E7D" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="72D2FB56" w14:textId="40CD4FF6" w:rsidR="00ED68CE" w:rsidRPr="00CA6E7D" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA6E7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Weihnachten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0820B93B" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="00CA6E7D" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="0820B93B" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="00CA6E7D" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="70AD47" w:themeColor="accent6"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA6E7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="70AD47" w:themeColor="accent6"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2301020A" w14:textId="6A6ECAC6" w:rsidR="00B334C5" w:rsidRPr="00CA6E7D" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="2301020A" w14:textId="6A6ECAC6" w:rsidR="00ED68CE" w:rsidRPr="00CA6E7D" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="70AD47" w:themeColor="accent6"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA6E7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="70AD47" w:themeColor="accent6"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CE89E56" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="5CE89E56" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA6E7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Frohe </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78B7ED68" w14:textId="407B7FF5" w:rsidR="00B334C5" w:rsidRPr="00CA6E7D" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="78B7ED68" w14:textId="407B7FF5" w:rsidR="00ED68CE" w:rsidRPr="00CA6E7D" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA6E7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Weihnachten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="431B9C54" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="431B9C54" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="7840E042" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="7840E042" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="220F91AE" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="220F91AE" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A548A8A" w14:textId="0CC90006" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="4A548A8A" w14:textId="0CC90006" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27.12.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2853B12B" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="2853B12B" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DC07AB7" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="2DC07AB7" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C308BE2" w14:textId="0AED2694" w:rsidR="00B334C5" w:rsidRPr="006E747C" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4C308BE2" w14:textId="6FF056F7" w:rsidR="00ED68CE" w:rsidRPr="006E747C" w:rsidRDefault="00D50340" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TCO </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Rieslingschorle</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D7328ED" w14:textId="666D51EF" w:rsidR="00B334C5" w:rsidRPr="00C05922" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="7D7328ED" w14:textId="666D51EF" w:rsidR="00ED68CE" w:rsidRPr="00C05922" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45F60568" w14:textId="0E8D867E" w:rsidR="00B334C5" w:rsidRPr="006E747C" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="45F60568" w14:textId="6DFCA676" w:rsidR="00ED68CE" w:rsidRPr="006E747C" w:rsidRDefault="00D50340" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Einfach so</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A3A439F" w14:textId="70E4A4A7" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0A3A439F" w14:textId="1B0D182C" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00D50340" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="23FDE228" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="23FDE228" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BE83856" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="6BE83856" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46C63EE4" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="46C63EE4" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E679036" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="3E679036" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26144A3A" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="26144A3A" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7370480B" w14:textId="51B170EB" w:rsidR="00B334C5" w:rsidRPr="006E747C" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7370480B" w14:textId="38979F43" w:rsidR="00ED68CE" w:rsidRPr="006E747C" w:rsidRDefault="00D50340" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lachsgiggel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3588B7F2" w14:textId="50BBDA45" w:rsidR="00B334C5" w:rsidRPr="00C05922" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="3588B7F2" w14:textId="50BBDA45" w:rsidR="00ED68CE" w:rsidRPr="00C05922" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="590592C2" w14:textId="2706F398" w:rsidR="00B334C5" w:rsidRPr="006E747C" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="590592C2" w14:textId="5E356207" w:rsidR="00ED68CE" w:rsidRPr="006E747C" w:rsidRDefault="00D50340" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC GW Dirmstein</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45DC0022" w14:textId="46EDACB2" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="45DC0022" w14:textId="6C772DF9" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00D50340" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="0508CC55" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="0508CC55" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DD9EF26" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="5DD9EF26" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CB85DBF" w14:textId="656C335F" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="0CB85DBF" w14:textId="656C335F" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>28.12.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17F1332B" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="17F1332B" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B44B6BD" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="1B44B6BD" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36233A64" w14:textId="196EB81C" w:rsidR="00B334C5" w:rsidRPr="00041AB9" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="36233A64" w14:textId="45BD9163" w:rsidR="00ED68CE" w:rsidRPr="00041AB9" w:rsidRDefault="005D15F3" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Match </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Muddis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0083DDFB" w14:textId="51E0000C" w:rsidR="00B334C5" w:rsidRPr="00041AB9" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="0083DDFB" w14:textId="51E0000C" w:rsidR="00ED68CE" w:rsidRPr="00041AB9" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DE79CE1" w14:textId="50A7D695" w:rsidR="00B334C5" w:rsidRPr="00041AB9" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5DE79CE1" w14:textId="1A068A72" w:rsidR="00ED68CE" w:rsidRPr="00041AB9" w:rsidRDefault="005D15F3" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">#30er </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>love</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2.0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="197A5482" w14:textId="1F45B7C5" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="197A5482" w14:textId="3943836B" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="005D15F3" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Damen/D-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="7DDD60E5" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="7DDD60E5" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D9388D5" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="3D9388D5" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF536CF" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="5FF536CF" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D447E76" w14:textId="28079696" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="5D447E76" w14:textId="28079696" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27B457D9" w14:textId="26A11DFC" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="27B457D9" w14:textId="26A11DFC" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C9AF7A6" w14:textId="4091949A" w:rsidR="00B334C5" w:rsidRPr="00041AB9" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4C9AF7A6" w14:textId="488C5517" w:rsidR="00ED68CE" w:rsidRPr="00041AB9" w:rsidRDefault="005D15F3" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Double Trouble/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Schimek</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="701B70A5" w14:textId="3B76330F" w:rsidR="00B334C5" w:rsidRPr="00041AB9" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="701B70A5" w14:textId="3B76330F" w:rsidR="00ED68CE" w:rsidRPr="00041AB9" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67BD65DF" w14:textId="71328DC8" w:rsidR="00B334C5" w:rsidRPr="00041AB9" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="67BD65DF" w14:textId="2F2269DF" w:rsidR="00ED68CE" w:rsidRPr="00041AB9" w:rsidRDefault="0065181F" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Backhand</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Babes</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67FA06A2" w14:textId="4799C54A" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="67FA06A2" w14:textId="4EBAD96C" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="0065181F" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Damen/D-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="37E1C51F" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="37E1C51F" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30DB2E8C" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="30DB2E8C" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6395865A" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="6395865A" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A500E32" w14:textId="66D596BE" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...15 lines deleted...]
-              <w:t>17:00</w:t>
+          <w:p w14:paraId="7A500E32" w14:textId="5E33E5E5" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C3D9CC2" w14:textId="275AEC87" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="6C3D9CC2" w14:textId="275AEC87" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12B39D6A" w14:textId="2DC9C950" w:rsidR="00B334C5" w:rsidRPr="00041AB9" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="12B39D6A" w14:textId="43C5DC19" w:rsidR="00ED68CE" w:rsidRPr="00041AB9" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Puffer</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FAAA462" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="00041AB9" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="0FAAA462" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="00041AB9" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2070F1E9" w14:textId="15385962" w:rsidR="00B334C5" w:rsidRPr="00041AB9" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2070F1E9" w14:textId="3BC9C748" w:rsidR="00ED68CE" w:rsidRPr="00041AB9" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Puffer</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27FD34DD" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="27FD34DD" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="350FFA88" w14:textId="77777777" w:rsidTr="00754FAE">
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="350FFA88" w14:textId="77777777" w:rsidTr="00754FAE">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B5410FF" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="6B5410FF" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="131D0591" w14:textId="0A93CE94" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="131D0591" w14:textId="0A93CE94" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>03.01.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B6B5A20" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="5B6B5A20" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="406D5E48" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="406D5E48" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EC6D622" w14:textId="02F2B38D" w:rsidR="00B334C5" w:rsidRPr="00041AB9" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3EC6D622" w14:textId="702608BC" w:rsidR="00ED68CE" w:rsidRPr="00041AB9" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Hottie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Honkies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D11B85B" w14:textId="70BC4D69" w:rsidR="00B334C5" w:rsidRPr="00041AB9" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="6D11B85B" w14:textId="70BC4D69" w:rsidR="00ED68CE" w:rsidRPr="00041AB9" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDA6B60" w14:textId="61CF8208" w:rsidR="00B334C5" w:rsidRPr="00041AB9" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5BDA6B60" w14:textId="23BE21BC" w:rsidR="00ED68CE" w:rsidRPr="00041AB9" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gud</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Nacht Marie</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65562680" w14:textId="2BFE9CBB" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="65562680" w14:textId="2A1F0877" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="6D6028DF" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="6D6028DF" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="410AFAD0" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="410AFAD0" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D44DB5F" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="5D44DB5F" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35A0B53D" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="35A0B53D" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7155A3F3" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="7155A3F3" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D7F835B" w14:textId="46BBC300" w:rsidR="00B334C5" w:rsidRPr="006E747C" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7D7F835B" w14:textId="3DBC0E11" w:rsidR="00ED68CE" w:rsidRPr="006E747C" w:rsidRDefault="0065181F" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Team PS</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FDF316C" w14:textId="46124A5E" w:rsidR="00B334C5" w:rsidRPr="00C05922" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="1FDF316C" w14:textId="46124A5E" w:rsidR="00ED68CE" w:rsidRPr="00C05922" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5077BD59" w14:textId="0A179741" w:rsidR="00B334C5" w:rsidRPr="006E747C" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5077BD59" w14:textId="76F56606" w:rsidR="00ED68CE" w:rsidRPr="006E747C" w:rsidRDefault="0065181F" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Die Furchtlosen</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CA7D341" w14:textId="33DEEC2F" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1CA7D341" w14:textId="01AB906C" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="0065181F" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="54070452" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="54070452" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D0CDF10" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="1D0CDF10" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11D61998" w14:textId="41790324" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="11D61998" w14:textId="41790324" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>04.01.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DA09935" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="5DA09935" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="752280E9" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="752280E9" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47B851BF" w14:textId="4FCE54FD" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="47B851BF" w14:textId="6D0926E3" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="0065181F" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Chaos Queens</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0524E3D5" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="0524E3D5" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="734514E1" w14:textId="7F147B62" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="734514E1" w14:textId="5FE530CA" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="0065181F" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Girls </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lörz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C3EE5EA" w14:textId="2C34C273" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3C3EE5EA" w14:textId="4F8973BB" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="0065181F" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="5899F85A" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="5899F85A" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C3D8E1D" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="2C3D8E1D" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5081BD95" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="5081BD95" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C52EF2C" w14:textId="247326D5" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="1C52EF2C" w14:textId="247326D5" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34AE2FFF" w14:textId="1A8C42D6" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="34AE2FFF" w14:textId="1A8C42D6" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19740848" w14:textId="7C666189" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="19740848" w14:textId="50C030D5" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00B76022" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sonnenschein</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="136E5FF1" w14:textId="3B02FB10" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="136E5FF1" w14:textId="3B02FB10" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C63535B" w14:textId="2E84E2F1" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0C63535B" w14:textId="069F0306" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00B76022" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>LADYS Plus</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59818361" w14:textId="399F4773" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="59818361" w14:textId="67C32356" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00D73D68" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-55-6</w:t>
+            </w:r>
+            <w:r w:rsidR="00283D79">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="6A3241B5" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="6A3241B5" w14:textId="77777777" w:rsidTr="00794289">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25D985EA" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="25D985EA" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24F32718" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="24F32718" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F2F8954" w14:textId="472DA271" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="1F2F8954" w14:textId="1F50DA56" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DB42B89" w14:textId="7799B8FD" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03F726AD" w14:textId="294469FE" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Puffer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B9370B9" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="225833B0" w14:textId="44AE056C" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Puffer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC3AF8B" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="07F04A0C" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="250FB145" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="661068D9" w14:textId="20D79A36" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.01.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E93434C" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="128974C2" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E50E828" w14:textId="32854E4D" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Die ehemaligen Grün-Weißen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40E70A6B" w14:textId="111CE954" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A877413" w14:textId="695CA26C" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ballverliebt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="397CE880" w14:textId="102460E5" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="17F446CC" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28557624" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71A21D5D" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="734D7444" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D723BBA" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="226A457C" w14:textId="36ED9BE1" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Court Queens</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F863B6" w14:textId="3C4CAED7" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="111629C4" w14:textId="75C0BA78" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Aperolis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A4D0638" w14:textId="0CE1964F" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w14:paraId="5B887E65" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="114CB948" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="476CC956" w14:textId="661E57D8" w:rsidR="00ED68CE" w:rsidRPr="009C13CC" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.01.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3374BB57" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2043BCF1" w14:textId="77777777" w:rsidR="00ED68CE" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61B43633" w14:textId="51226A2C" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="0065181F" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Die Furchtlosen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59903BC3" w14:textId="26E61EC0" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="00ED68CE" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D517DA3" w14:textId="598351DF" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="0065181F" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Die Smoothies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4D88DF" w14:textId="6A2B12AA" w:rsidR="00ED68CE" w:rsidRPr="003D6642" w:rsidRDefault="0065181F" w:rsidP="00ED68CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B63BB" w:rsidRPr="009C13CC" w14:paraId="374D5E42" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E65C90D" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41DEC1D4" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19BEAE25" w14:textId="35FC03A5" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="432B89E6" w14:textId="371DAA55" w:rsidR="001B63BB" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="785608D4" w14:textId="174FFA58" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Longliner</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ladenburg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="179DA9C6" w14:textId="571134BA" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1686D50B" w14:textId="7243B824" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TG Oldies 65er</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA7BEBE" w14:textId="2AFC236F" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-60-65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B63BB" w:rsidRPr="009C13CC" w14:paraId="5DB672D0" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E25DEA6" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DDB4385" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FBA2E84" w14:textId="30162AA2" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="049758B2" w14:textId="3776C8A0" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3256DE" w14:textId="14AE835D" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Doppel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sistaz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3B50F3" w14:textId="438A7B2B" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="319D4D00" w14:textId="5674A671" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pharma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Girls</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9FC0DA" w14:textId="4DF6970C" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B63BB" w:rsidRPr="009C13CC" w14:paraId="2E913425" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B5F8D13" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BB3E0E0" w14:textId="2E816842" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17.01.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EC6DC73" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E03F0E8" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="083DD8EA" w14:textId="4B640437" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dreamteam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47B73A4F" w14:textId="758C711A" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B44D678" w14:textId="679EF9A8" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Wonderwomen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AE49767" w14:textId="0817A0A3" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B63BB" w:rsidRPr="009C13CC" w14:paraId="31C94745" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="138A2E4F" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="371F4F63" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="473555C4" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64282102" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72873DA3" w14:textId="6DB8582F" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="00EA22E8" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ballwechseljahre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49549658" w14:textId="31C2A77B" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1878D2" w14:textId="53833D9F" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="00EA22E8" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Rabbitchicks</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EDFFBBD" w14:textId="0CA935A5" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="00EA22E8" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B63BB" w:rsidRPr="009C13CC" w14:paraId="487259D1" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11BFF218" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BB735E6" w14:textId="78554F4B" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18.01.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E9B6E5B" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BE55C91" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="291D19C4" w14:textId="7E0F67F0" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>LADYS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C724E0A" w14:textId="622478B4" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2828CDAB" w14:textId="4493CB4F" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Landskrone</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4066F283" w14:textId="45412662" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B63BB" w:rsidRPr="009C13CC" w14:paraId="21EB17F2" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65EC72AD" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF84930" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="621C9751" w14:textId="590C28A6" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE5F94E" w14:textId="50BDB159" w:rsidR="001B63BB" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9A2157" w14:textId="223D7555" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="00EA22E8" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lucky Ladies Oppenheim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05FDF820" w14:textId="5A0EA6E7" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B249E4A" w14:textId="674A90B1" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="00EA22E8" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Team Happy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D985B4" w14:textId="09ADB91F" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="00EA22E8" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-5</w:t>
+            </w:r>
+            <w:r w:rsidR="00283D79">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B63BB" w:rsidRPr="009C13CC" w14:paraId="406C0F84" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53025250" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B1CB822" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D0A780" w14:textId="6DE6FC51" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AB6A759" w14:textId="64372B41" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C3EF6F9" w14:textId="24A2C7CF" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="00EA22E8" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Weschnitzchicken</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="069568AE" w14:textId="457434E3" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CDD93DC" w14:textId="216C5D11" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="00EA22E8" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Herzen auf dem Court</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B7E1EAF" w14:textId="45692155" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="00EA22E8" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B63BB" w:rsidRPr="009C13CC" w14:paraId="7244ADAD" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C9C2308" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CF8A8D8" w14:textId="70E3F925" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24.01.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A72567C" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F6CC218" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A5ECD8A" w14:textId="143BB204" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Schriesheimer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ladies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11FFF12A" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22D39D6B" w14:textId="34D380B5" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Crash Test Season 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B4ADE73" w14:textId="403D1D2C" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B63BB" w:rsidRPr="009C13CC" w14:paraId="2FAB3067" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FC7C620" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E089244" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69E00FF8" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53D1920E" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRPr="009C13CC" w:rsidRDefault="001B63BB" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29DD11AF" w14:textId="55235E82" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Wonderbags</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20FC1DF3" w14:textId="77777777" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="001B63BB" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0315AFAC" w14:textId="54DEAF61" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nameless</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72011C65" w14:textId="7856DE73" w:rsidR="001B63BB" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="001B63BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="009C13CC" w14:paraId="62120AA9" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="556CA493" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43F28E58" w14:textId="65F0BE62" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25.01.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B4B91DF" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D27F1ED" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7078E9BC" w14:textId="7498F72C" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Damen </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>BoRo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69ABCCED" w14:textId="38CFF478" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EE19535" w14:textId="2B4F528D" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC RW Nierstein</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F260EC9" w14:textId="1D1EBB53" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="009C13CC" w14:paraId="3CBA1BE1" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="692FE6D5" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DB779BB" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C5DA8B" w14:textId="47667983" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B5DD7A4" w14:textId="43A01888" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A26A3EB" w14:textId="4F289F70" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tza</w:t>
+            </w:r>
+            <w:r w:rsidR="004A049D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>z</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ikis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="076B333C" w14:textId="4CB60D21" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36993580" w14:textId="490413B5" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CK </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Two</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA64BE3" w14:textId="0D47D676" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="009C13CC" w14:paraId="47EEC6BB" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ACC6D77" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F904932" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D54CA45" w14:textId="027960EA" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38E0A15E" w14:textId="4FB804AD" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C9B66FF" w14:textId="04F34393" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Puffer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10CB01EE" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5715D144" w14:textId="601A272B" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Puffer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B09F451" w14:textId="0F5F223C" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="009C13CC" w14:paraId="2AB67EE2" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E4ABECA" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04861078" w14:textId="145DA11A" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>31.01.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26329134" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CF947E9" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0248B58D" w14:textId="2080FF79" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A699819" w14:textId="3F1194A9" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FFCC18F" w14:textId="685C7C18" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E9A90EC" w14:textId="68999E58" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="009C13CC" w14:paraId="6D548874" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="362E7314" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F018AFA" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="693D61F3" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E38BE7" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E7B1AF3" w14:textId="5B883CCA" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73C5A3D5" w14:textId="4C40584C" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="002B0E21" w14:textId="0D31D836" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EC9C343" w14:textId="0FD583E6" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="009C13CC" w14:paraId="2FD12E9E" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F03AB4D" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ACFA13C" w14:textId="26246E02" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01.02.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A6942BA" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3331C1CC" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16E47C10" w14:textId="617BA8BF" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56783A31" w14:textId="3E97D2B8" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D5D5579" w14:textId="19FDF474" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60A4DD78" w14:textId="149101C7" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="009C13CC" w14:paraId="4BC59F90" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06F63E11" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FB7BD69" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36EA3791" w14:textId="6410ED3E" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52628805" w14:textId="2047D8DF" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2909198F" w14:textId="415861F0" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D265272" w14:textId="451B3F4E" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2235D4E7" w14:textId="4E3E3F9D" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06357491" w14:textId="6005814D" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="009C13CC" w14:paraId="22FAD2D2" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77873CB0" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A3022ED" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B8A2A8" w14:textId="40A6D03F" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D44E897" w14:textId="2AED42A2" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="779BAF5C" w14:textId="1F5739F6" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AA359B4" w14:textId="5B928723" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57B51CD7" w14:textId="252D729C" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A2044C3" w14:textId="76B1FC6A" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="009C13CC" w14:paraId="2A3AE406" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B767DEF" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BCA03C7" w14:textId="48FF5F25" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>07.02.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FFFCDD8" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4388CE88" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72680302" w14:textId="0C6202F6" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B484822" w14:textId="56D38A00" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F04031D" w14:textId="5FAEFAAC" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F8434F" w14:textId="70574996" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="009C13CC" w14:paraId="1726C3C2" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="304A881B" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36544A0D" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA9B12F" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AFF3775" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BFF661B" w14:textId="2CB65648" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FFD1B83" w14:textId="005DE211" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C15343F" w14:textId="6A3B4F4B" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="048255EB" w14:textId="27184C7E" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="009C13CC" w14:paraId="5A71724A" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4530A379" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75FC230F" w14:textId="67A5159A" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>08.02.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64D9E8F0" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16CA2E02" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6553CF00" w14:textId="3A2F4071" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B392FC1" w14:textId="522A41E8" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE9E983" w14:textId="5569AD4D" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17B01DBC" w14:textId="6A18D329" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="009C13CC" w14:paraId="33543C7E" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D3A552D" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E28673" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4CC137" w14:textId="11C3EEBE" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D9D5A35" w14:textId="402BE58E" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="489A8D94" w14:textId="53A8C734" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C363703" w14:textId="7800D999" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76E95C88" w14:textId="30383974" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="718FC3B7" w14:textId="41C7FCC0" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="009C13CC" w14:paraId="0F288149" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A16EBD" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69220EA4" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A989C71" w14:textId="5B1FCEBB" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BB6865A" w14:textId="1413C4BF" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="144CE25F" w14:textId="67746145" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64950869" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4470A34C" w14:textId="485B08FB" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30357DD1" w14:textId="0CEF0337" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="640C4D2D" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FF49681" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="053E8332" w14:textId="39817B50" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14.02.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A3BCEB5" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7375E2C6" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C89AAC9" w14:textId="232D698A" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1869A761" w14:textId="42932CE0" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2846FD38" w14:textId="6A14FF4D" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="466D2409" w14:textId="76C476F8" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="127BA2C4" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46F9A45E" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72238F00" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5931DF92" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="695AC585" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A586538" w14:textId="14C6C80B" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C2FF063" w14:textId="0B45EDF7" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2625ADAE" w14:textId="693E04AA" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E84AA08" w14:textId="203696A5" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="7A1CE4E3" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C1FF2F9" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>SO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60B91605" w14:textId="23C59F5F" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15.02.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="378E964F" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74291C07" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="682535BF" w14:textId="5B0DE9BF" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="768BCE4E" w14:textId="40E98E89" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C767215" w14:textId="5A351167" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17037143" w14:textId="28F50106" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="06842DE9" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4185D898" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46D30A12" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29363FFD" w14:textId="199040D5" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21419285" w14:textId="6B172C34" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B9EC856" w14:textId="2C9F95CB" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45788B25" w14:textId="0A52FC24" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C7EE6AE" w14:textId="3C1B9C96" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B646BB0" w14:textId="3FCD2545" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="65E24864" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17E1F793" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52E37128" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A78F28E" w14:textId="441DB3BD" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0CFE286D" w14:textId="33E30EF5" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D619460" w14:textId="58D9188C" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7385D1E2" w14:textId="2D2AAA6E" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FD1AEFA" w14:textId="6B6C19E7" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A32B1F7" w14:textId="014266BD" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="3A51B32E" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3500013D" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C3C63FD" w14:textId="1432C0DB" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21.02.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13D4D128" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6668A2C0" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57389AEE" w14:textId="5C8CA1E6" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="319C8DFA" w14:textId="07F4FCA3" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DFF90C7" w14:textId="708DB8BC" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3061FDC8" w14:textId="1B8FA3DB" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="0DEB2161" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B53B729" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05A69CBB" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63D756B9" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5726D82A" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="083F9EC0" w14:textId="14CF5D12" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BB9D6EA" w14:textId="52CCC5DC" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73767418" w14:textId="213A4098" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2250B98D" w14:textId="1A2BE699" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="56E5BF4F" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="106C40D6" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="240006DE" w14:textId="52B71BDE" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22.02.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3014442C" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14881771" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43F7FA28" w14:textId="188354BA" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B449B89" w14:textId="5373B213" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="320FA9CB" w14:textId="0A289F4B" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DF18E1D" w14:textId="72322E56" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="24ECC902" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46E90C32" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7585B37A" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25433CF1" w14:textId="5E1E0439" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F85B980" w14:textId="2C24236D" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="682A3612" w14:textId="7F697ECB" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="366930D3" w14:textId="68E6F59D" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C82D1C9" w14:textId="60C461C0" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41B702A2" w14:textId="0156248A" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="1C58B4FB" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AE8287F" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="276650A7" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B30D935" w14:textId="0AE7893F" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C09851F" w14:textId="2572DD70" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5444B8F2" w14:textId="36431302" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B780F14" w14:textId="4C64133E" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77E75312" w14:textId="59206F8B" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="006ACD75" w14:textId="0D322E21" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="172CC2D5" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1223D2DC" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="035D0074" w14:textId="1B0D0ECE" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28.02.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21E718A7" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39A98AD5" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="383FEC80" w14:textId="506C1119" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0760C7DD" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26E02933" w14:textId="2B4D52BE" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0099610C" w14:textId="463CF344" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="734EF1F3" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B3B2512" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1709F1A8" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73886826" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53105F25" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="361EEEE0" w14:textId="79B0B530" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BBED872" w14:textId="7F304414" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43827BC9" w14:textId="04BA6E90" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FD396D9" w14:textId="5CD8D042" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="531A2436" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36A4DF81" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E1F24D0" w14:textId="47EEEB8A" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01.03.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BD42E4F" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56015228" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BB9B0FC" w14:textId="0A1E7F9A" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DC76EF6" w14:textId="77296542" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16F8D525" w14:textId="7CF25164" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6315B6FE" w14:textId="0B23F172" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="70A1AC2A" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CEC01B6" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="750A71A4" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CB68835" w14:textId="59D7EC70" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="719414D2" w14:textId="62FD0F7B" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58EFA5A3" w14:textId="4C6BA12F" w:rsidR="000817D2" w:rsidRPr="00DB58BA" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CB24709" w14:textId="42A844FE" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E5C28E4" w14:textId="0018635B" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1099A027" w14:textId="4F11FCB4" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="507B00E6" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0556C9B6" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D8507BB" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23868F1D" w14:textId="70BE39DA" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C2D20E0" w14:textId="72326CBF" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A532D4E" w14:textId="7E04389F" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13FDF3F6" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1084EA0E" w14:textId="5813788A" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5613CBB7" w14:textId="2E3AB4E6" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="38780C7E" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19DE5418" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="014CDCB6" w14:textId="4196D1D2" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>07.03.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CBBEA3C" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="501601DF" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7752B9F9" w14:textId="712AE146" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BB5903A" w14:textId="488D560C" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F6AC3D5" w14:textId="42F1927B" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DE79625" w14:textId="02FD1A96" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="5449421B" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70840BC5" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14C48825" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52A7A56B" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0481D9A2" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0486D494" w14:textId="07B73090" w:rsidR="000817D2" w:rsidRPr="00C0619C" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4395D222" w14:textId="7B8D5CA5" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65AB4E2C" w14:textId="4F4E3E41" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77E2D66E" w14:textId="15112F3F" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="0A151EB1" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1979E14C" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73C4F221" w14:textId="52234849" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>08.03.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6589CDCD" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72A92E60" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F651135" w14:textId="7C638D7E" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="435213AB" w14:textId="0B635293" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3EC952CD" w14:textId="2B08CB13" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C7A477B" w14:textId="19CEBBD6" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="517CC025" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67471A14" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DC070CC" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AB3FB6E" w14:textId="481F92FF" w:rsidR="000817D2" w:rsidRPr="00731703" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75C18313" w14:textId="6FCA7E8A" w:rsidR="000817D2" w:rsidRPr="00731703" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BCE611F" w14:textId="45317AB7" w:rsidR="000817D2" w:rsidRPr="00731703" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5770A76B" w14:textId="10AC8330" w:rsidR="000817D2" w:rsidRPr="00731703" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17D3A6D0" w14:textId="0B92900A" w:rsidR="000817D2" w:rsidRPr="00731703" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DB34577" w14:textId="12380E8A" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="50BF856B" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39E42415" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00490EE7" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DCD5C28" w14:textId="3F1A7414" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A5532C4" w14:textId="1D4ECBB1" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51894EF1" w14:textId="7EC828D4" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BA6595D" w14:textId="3E0C73ED" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57BEFA5C" w14:textId="5359FB59" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54977064" w14:textId="163D93C0" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="5853912A" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E6E3296" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="449780BB" w14:textId="3C1DCA87" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14.03.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0332506B" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="000F150F" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F150F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
-          </w:tcPr>
-[...10 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C43BB1D" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="000F150F" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F150F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D6E21C1" w14:textId="73CF999A" w:rsidR="000817D2" w:rsidRPr="00D364E7" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5511A7E7" w14:textId="0A477E94" w:rsidR="000817D2" w:rsidRPr="00D364E7" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21632B00" w14:textId="499C3FC7" w:rsidR="000817D2" w:rsidRPr="00D364E7" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74756FEB" w14:textId="5FD35622" w:rsidR="000817D2" w:rsidRPr="00D364E7" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="72AC7616" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18F4EFC5" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="079F278B" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FBCC434" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="000F150F" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F150F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07BFEE63" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="000F150F" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F150F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="03F726AD" w14:textId="3124C80F" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69290A3A" w14:textId="598F8D07" w:rsidR="000817D2" w:rsidRPr="00D364E7" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="667A5119" w14:textId="3BBCEAFC" w:rsidR="000817D2" w:rsidRPr="00D364E7" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="225833B0" w14:textId="3764CD4D" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D8619D9" w14:textId="298A5A74" w:rsidR="000817D2" w:rsidRPr="00D364E7" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="2CC3AF8B" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C9A9E02" w14:textId="7E449EBB" w:rsidR="000817D2" w:rsidRPr="00D364E7" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="07F04A0C" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="70618A70" w14:textId="77777777" w:rsidTr="0096143B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="250FB145" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D3B0F25" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>SO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DC0E0AC" w14:textId="43D0AEE2" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15.03.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B780558" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="000F150F" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F150F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3671D929" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="000F150F" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F150F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48A4CBB7" w14:textId="15A8261F" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="752812CE" w14:textId="2510EEDC" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D66552F" w14:textId="00BE7165" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79DEB8B9" w14:textId="73222A52" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="204BDD41" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6908E6FE" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1592854E" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3110AB72" w14:textId="42DC5061" w:rsidR="000817D2" w:rsidRPr="000F150F" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="678E1166" w14:textId="5C6EC48A" w:rsidR="000817D2" w:rsidRPr="000F150F" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="503E5FDA" w14:textId="3FA02447" w:rsidR="000817D2" w:rsidRPr="00BD7178" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03F01A52" w14:textId="5A9FCD9F" w:rsidR="000817D2" w:rsidRPr="00BD7178" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D2E7363" w14:textId="05A65F39" w:rsidR="000817D2" w:rsidRPr="00BD7178" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A0D6E43" w14:textId="6ECB3B14" w:rsidR="000817D2" w:rsidRPr="00BD7178" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="7B60ECA0" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1973C315" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="090FC683" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D3F46D0" w14:textId="670D8206" w:rsidR="000817D2" w:rsidRPr="000F150F" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F8C6E62" w14:textId="71C4779F" w:rsidR="000817D2" w:rsidRPr="000F150F" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="097370C2" w14:textId="446773CD" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CB97D12" w14:textId="55269679" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62FFF706" w14:textId="7B71BB2D" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10B49911" w14:textId="7D9C979F" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="33C1CA03" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5062B2F4" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-          </w:tcPr>
-[...16 lines deleted...]
-              <w:t>10.01.26</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75782C27" w14:textId="08B0EA1C" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21.03.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="1E93434C" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E42DB7E" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="000F150F" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F150F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05EB260D" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="000F150F" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F150F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="291F79D2" w14:textId="6EA4EC5C" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37913080" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57FE75B7" w14:textId="5531B2CB" w:rsidR="000817D2" w:rsidRPr="006F5799" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57F6D7CD" w14:textId="4FD26320" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="56DE5ED2" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C6F9634" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FE21CCF" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30781BD3" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="000F150F" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F150F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AD03357" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="000F150F" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F150F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="704E413B" w14:textId="70637F2E" w:rsidR="000817D2" w:rsidRPr="005B3C1E" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05297038" w14:textId="4D6680AE" w:rsidR="000817D2" w:rsidRPr="005B3C1E" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21C2CA85" w14:textId="234C9E6D" w:rsidR="000817D2" w:rsidRPr="005B3C1E" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48E0104E" w14:textId="480C84BA" w:rsidR="000817D2" w:rsidRPr="005B3C1E" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="5AC671A4" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BE87A01" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="109D386E" w14:textId="78B4142E" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22.03.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A8A930C" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="000F150F" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F150F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31383151" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="000F150F" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F150F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53C8B0F0" w14:textId="068C289D" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5538D016" w14:textId="512B55EC" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F93C137" w14:textId="57AADE9F" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62686A64" w14:textId="3412FE19" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="68EE1BB7" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A028F53" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F412877" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21BA1162" w14:textId="06C8ED4A" w:rsidR="000817D2" w:rsidRPr="000F150F" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A39A042" w14:textId="7811769E" w:rsidR="000817D2" w:rsidRPr="000F150F" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FC60502" w14:textId="04EB8CAE" w:rsidR="000817D2" w:rsidRPr="000F6F1B" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3ABAC91C" w14:textId="511099DD" w:rsidR="000817D2" w:rsidRPr="000F6F1B" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AC21788" w14:textId="4B81E3E5" w:rsidR="000817D2" w:rsidRPr="000F6F1B" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="730D8682" w14:textId="49FEB566" w:rsidR="000817D2" w:rsidRPr="000F6F1B" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="091CB464" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11AA2A4D" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48259840" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="654EA5A4" w14:textId="5F2369CF" w:rsidR="000817D2" w:rsidRPr="000F150F" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15356EFB" w14:textId="15E1786A" w:rsidR="000817D2" w:rsidRPr="000F150F" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DEF43F6" w14:textId="76A559C1" w:rsidR="000817D2" w:rsidRPr="005B4E71" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F0F17B9" w14:textId="329E1C02" w:rsidR="000817D2" w:rsidRPr="005B4E71" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="210DE881" w14:textId="6F307FA7" w:rsidR="000817D2" w:rsidRPr="005B4E71" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D9D5D9A" w14:textId="5B809712" w:rsidR="000817D2" w:rsidRPr="005B4E71" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="64945D9B" w14:textId="77777777" w:rsidTr="0096143B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D4112D5" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="347C3931" w14:textId="0797BFB6" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28.03.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CAACF0A" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="128974C2" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FD57BFC" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="3E50E828" w14:textId="1D2FE63A" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C026C15" w14:textId="0D02A549" w:rsidR="000817D2" w:rsidRPr="00630903" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23F92CEF" w14:textId="660FF3A3" w:rsidR="000817D2" w:rsidRPr="00630903" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="7A877413" w14:textId="11695635" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="293D955B" w14:textId="552E2360" w:rsidR="000817D2" w:rsidRPr="00630903" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="397CE880" w14:textId="7EB8C4F8" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A97974E" w14:textId="407149EF" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="17F446CC" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="0DE25652" w14:textId="77777777" w:rsidTr="0096143B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="28557624" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AD7EE15" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="71A21D5D" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38D56F40" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="734D7444" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F19B8FF" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="7D723BBA" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48DB0B2B" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="226A457C" w14:textId="64DC2FE5" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16484644" w14:textId="522810BB" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DBC69C7" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="111629C4" w14:textId="033C531A" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7032F7A4" w14:textId="3B6CA5F9" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="1A4D0638" w14:textId="51A00713" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E53549F" w14:textId="398B98AB" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="5B887E65" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="1D34439F" w14:textId="77777777" w:rsidTr="0096143B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="114CB948" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F163353" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-          </w:tcPr>
-[...16 lines deleted...]
-              <w:t>11.01.26</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51BBBF15" w14:textId="64518136" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>29.03.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="3374BB57" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A9E70DB" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="2043BCF1" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B5C4E70" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="61B43633" w14:textId="653669F0" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F39E01A" w14:textId="5EF78CB7" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A570EE0" w14:textId="04E4F780" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="0D517DA3" w14:textId="4C9C6546" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68E28183" w14:textId="1064C4F7" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="0A4D88DF" w14:textId="6E26411A" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="548F6C22" w14:textId="6616B684" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="374D5E42" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="00870A99" w14:textId="77777777" w:rsidTr="0096143B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="1E65C90D" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7912FA7B" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="41DEC1D4" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68204B13" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="19BEAE25" w14:textId="35FC03A5" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39ED04A0" w14:textId="72C1F40B" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="432B89E6" w14:textId="371DAA55" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54D7371B" w14:textId="7115F3B0" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="785608D4" w14:textId="4A20B0D1" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F69DD80" w14:textId="368D7DBA" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B635768" w14:textId="7204A07B" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="1686D50B" w14:textId="396E49C7" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D1D1DCE" w14:textId="3BF99CE4" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="4DA7BEBE" w14:textId="738B133F" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="510D2666" w14:textId="59DE308E" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="5DB672D0" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="3327928F" w14:textId="77777777" w:rsidTr="0096143B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="2E25DEA6" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57AE4681" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="7DDB4385" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53D3A22C" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-          </w:tcPr>
-[...16 lines deleted...]
-              <w:t>17:00</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79015915" w14:textId="2BDDC022" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="049758B2" w14:textId="3776C8A0" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43C3786F" w14:textId="5DD09409" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
-          </w:tcPr>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3CF01344" w14:textId="501A1A12" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Puffer</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="611FE27B" w14:textId="50F47388" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
-          </w:tcPr>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F406D2A" w14:textId="40D15391" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Puffer</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="7A9FC0DA" w14:textId="632C1552" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05A8ADFE" w14:textId="6D1D29E6" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="2E913425" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="000817D2" w:rsidRPr="003D6642" w14:paraId="2D033DC5" w14:textId="77777777" w:rsidTr="0096143B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="3B5F8D13" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="102E5503" w14:textId="77777777" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-          </w:tcPr>
-[...16 lines deleted...]
-              <w:t>17.01.26</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C801E7E" w14:textId="3FAF2E2A" w:rsidR="000817D2" w:rsidRPr="009C13CC" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>04.04.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="1EC6DC73" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A1EAFC6" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="4E03F0E8" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="464A1D44" w14:textId="77777777" w:rsidR="000817D2" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
-          </w:tcPr>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2451877B" w14:textId="60E5967D" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nachholtermine</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66C741FD" w14:textId="2D8A72AF" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
-          </w:tcPr>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="053B6B9E" w14:textId="62CB1652" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="000817D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nachholtermine</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="7AE49767" w14:textId="56FA7BFB" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="539C44AB" w14:textId="3AF69A1A" w:rsidR="000817D2" w:rsidRPr="003D6642" w:rsidRDefault="000817D2" w:rsidP="000817D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="31C94745" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00724A61" w:rsidRPr="003D6642" w14:paraId="4513A463" w14:textId="77777777" w:rsidTr="0096143B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="138A2E4F" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70658CC0" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="371F4F63" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02D587F5" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="473555C4" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54CD6C30" w14:textId="77777777" w:rsidR="00724A61" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="64282102" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67BC5164" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
-          </w:tcPr>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E8B6602" w14:textId="7B2BB5AD" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nachholtermine</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04D53E29" w14:textId="4360A31D" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
-          </w:tcPr>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03BE5FCC" w14:textId="56E5A6B5" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nachholtermine</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="3EDFFBBD" w14:textId="3824683A" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="396DD1BA" w14:textId="4A5A448D" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="487259D1" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00724A61" w:rsidRPr="003D6642" w14:paraId="21995D1D" w14:textId="77777777" w:rsidTr="0096143B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="11BFF218" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D963F50" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-          </w:tcPr>
-[...16 lines deleted...]
-              <w:t>18.01.26</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28078F45" w14:textId="6E801136" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>05.04.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="0E9B6E5B" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45100E2D" w14:textId="77777777" w:rsidR="00724A61" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="7BE55C91" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13FCB276" w14:textId="77777777" w:rsidR="00724A61" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
-          </w:tcPr>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="605711BC" w14:textId="6520DD93" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nachholtermine</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07505455" w14:textId="31E98C5B" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
-          </w:tcPr>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FBFFE19" w14:textId="38E14B5C" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nachholtermine</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="4066F283" w14:textId="7A0C1053" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7383C7EA" w14:textId="59370278" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="21EB17F2" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00724A61" w:rsidRPr="003D6642" w14:paraId="5F46E0B1" w14:textId="77777777" w:rsidTr="0096143B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="65EC72AD" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1395D3D1" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="3AF84930" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75EBA7D4" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="621C9751" w14:textId="590C28A6" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C9264FA" w14:textId="7D86A00F" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="009C13CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="7DE5F94E" w14:textId="50BDB159" w:rsidR="00B334C5" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4738B97D" w14:textId="0339D9BC" w:rsidR="00724A61" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
-          </w:tcPr>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6630D530" w14:textId="55891D0D" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nachholtermine</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A6F7809" w14:textId="12601992" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
-          </w:tcPr>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="215CFD2A" w14:textId="082C4C93" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nachholtermine</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="46D985B4" w14:textId="65B7A0FE" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0768EC88" w14:textId="72224A89" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="406C0F84" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00724A61" w:rsidRPr="003D6642" w14:paraId="5059BA14" w14:textId="77777777" w:rsidTr="0096143B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="53025250" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D26C47C" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="1B1CB822" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="134CAF41" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-          </w:tcPr>
-[...16 lines deleted...]
-              <w:t>17:00</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FEBFACB" w14:textId="00A067A7" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="5AB6A759" w14:textId="64372B41" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B014811" w14:textId="218DE866" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
-          </w:tcPr>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B3673A5" w14:textId="452D8E8B" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nachholtermine</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12FF2EA7" w14:textId="10E0A72F" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
-          </w:tcPr>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62AD6880" w14:textId="7FC250C5" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nachholtermine</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="4B7E1EAF" w14:textId="6A7BEE7A" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="318EDA4E" w14:textId="2200C290" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="7244ADAD" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00724A61" w:rsidRPr="003D6642" w14:paraId="08E731BF" w14:textId="77777777" w:rsidTr="0096143B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D445FA5" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6315F044" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-          </w:tcPr>
-[...25 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BAF4ACD" w14:textId="77777777" w:rsidR="00724A61" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6ED57C1A" w14:textId="77777777" w:rsidR="00724A61" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F06E54A" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1696F478" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="382D55FE" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="2B4ADE73" w14:textId="185D98D0" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E48C62B" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="2FAB3067" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00724A61" w:rsidRPr="003D6642" w14:paraId="3A462E54" w14:textId="77777777" w:rsidTr="0096143B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="4FC7C620" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="286C22DD" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="3E089244" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57822DC8" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-          </w:tcPr>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38234605" w14:textId="77777777" w:rsidR="00724A61" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C420B07" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CADE3E2" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="460C34DC" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D54BB01" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="72011C65" w14:textId="1EC9BCD0" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16970276" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="003D6642" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="62120AA9" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00724A61" w:rsidRPr="003D6642" w14:paraId="73061DBE" w14:textId="77777777" w:rsidTr="0096143B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="316C0E9B" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19790BBB" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-          </w:tcPr>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53C3B9FB" w14:textId="77777777" w:rsidR="00724A61" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16C2C31A" w14:textId="77777777" w:rsidR="00724A61" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="7078E9BC" w14:textId="1CE2832D" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48C38C05" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="00B2720D" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10DF71EA" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="00B2720D" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="7EE19535" w14:textId="585E6831" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6721C62B" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="00B2720D" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="2F260EC9" w14:textId="60989379" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15BC4740" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="00B2720D" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="3CBA1BE1" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00724A61" w:rsidRPr="003D6642" w14:paraId="6169845D" w14:textId="77777777" w:rsidTr="0096143B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="692FE6D5" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CAFE467" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="6DB779BB" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12DA304B" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-          </w:tcPr>
-[...41 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="577B5DCC" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32CA4FEC" w14:textId="77777777" w:rsidR="00724A61" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="0A26A3EB" w14:textId="7F22796F" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1668F165" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="00B2720D" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53016F4E" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="00B2720D" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="36993580" w14:textId="7BDF9DCF" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7917E557" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="00B2720D" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="2EA64BE3" w14:textId="38CF182F" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24C62AED" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="00B2720D" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="47EEC6BB" w14:textId="77777777" w:rsidTr="00794289">
+      <w:tr w:rsidR="00724A61" w:rsidRPr="003D6642" w14:paraId="2D01FDFD" w14:textId="77777777" w:rsidTr="0096143B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="4ACC6D77" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2807BB74" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="1F904932" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BAF188C" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="174D90AC" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15B3D9D9" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="009C13CC" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="1C9B66FF" w14:textId="579F9BDE" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FB918A0" w14:textId="2D81E9F9" w:rsidR="00724A61" w:rsidRPr="00B2720D" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AF26DD7" w14:textId="77777777" w:rsidR="00724A61" w:rsidRPr="00B2720D" w:rsidRDefault="00724A61" w:rsidP="00724A61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="5715D144" w14:textId="4FB115D6" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="716CC863" w14:textId="4556C9A0" w:rsidR="00724A61" w:rsidRPr="00B2720D" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
-          </w:tcPr>
-[...10883 lines deleted...]
-          <w:p w14:paraId="755084C2" w14:textId="5E783A05" w:rsidR="00B334C5" w:rsidRPr="00B2720D" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="755084C2" w14:textId="5E783A05" w:rsidR="00724A61" w:rsidRPr="00B2720D" w:rsidRDefault="00724A61" w:rsidP="00724A61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4079A1F6" w14:textId="77777777" w:rsidR="004A77D6" w:rsidRPr="00881078" w:rsidRDefault="004A77D6"/>
     <w:sectPr w:rsidR="004A77D6" w:rsidRPr="00881078" w:rsidSect="00605C01">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
@@ -26035,780 +27765,819 @@
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002C1F6E"/>
     <w:rsid w:val="00001E95"/>
     <w:rsid w:val="00010525"/>
     <w:rsid w:val="00016682"/>
     <w:rsid w:val="0002237C"/>
     <w:rsid w:val="000230C8"/>
     <w:rsid w:val="000232D2"/>
+    <w:rsid w:val="0002697D"/>
     <w:rsid w:val="00026CD2"/>
     <w:rsid w:val="00027853"/>
     <w:rsid w:val="0004126C"/>
     <w:rsid w:val="00041AB9"/>
     <w:rsid w:val="00041C6F"/>
     <w:rsid w:val="0004261F"/>
+    <w:rsid w:val="00044527"/>
     <w:rsid w:val="000476AD"/>
     <w:rsid w:val="00047AA1"/>
     <w:rsid w:val="000505CC"/>
     <w:rsid w:val="00050766"/>
     <w:rsid w:val="00053E10"/>
     <w:rsid w:val="0005488B"/>
     <w:rsid w:val="00063092"/>
     <w:rsid w:val="00064034"/>
     <w:rsid w:val="00066474"/>
     <w:rsid w:val="00067A82"/>
     <w:rsid w:val="00072AC3"/>
     <w:rsid w:val="0007312D"/>
     <w:rsid w:val="00076FB1"/>
     <w:rsid w:val="000806FE"/>
     <w:rsid w:val="00081074"/>
     <w:rsid w:val="000816D1"/>
+    <w:rsid w:val="000817D2"/>
     <w:rsid w:val="000871AC"/>
     <w:rsid w:val="00087349"/>
     <w:rsid w:val="000A0818"/>
     <w:rsid w:val="000A1CFC"/>
     <w:rsid w:val="000A262A"/>
     <w:rsid w:val="000A3D10"/>
     <w:rsid w:val="000B005F"/>
     <w:rsid w:val="000B0446"/>
     <w:rsid w:val="000C04F8"/>
     <w:rsid w:val="000C30A0"/>
     <w:rsid w:val="000C6CE8"/>
     <w:rsid w:val="000D09D8"/>
     <w:rsid w:val="000E0890"/>
     <w:rsid w:val="000E52F6"/>
     <w:rsid w:val="000F1198"/>
     <w:rsid w:val="000F150F"/>
     <w:rsid w:val="000F1EEB"/>
     <w:rsid w:val="000F21C3"/>
     <w:rsid w:val="000F30AB"/>
+    <w:rsid w:val="000F4472"/>
     <w:rsid w:val="000F6F1B"/>
     <w:rsid w:val="000F703B"/>
     <w:rsid w:val="0010312D"/>
     <w:rsid w:val="00112527"/>
     <w:rsid w:val="001135DF"/>
     <w:rsid w:val="00114528"/>
     <w:rsid w:val="0011460F"/>
     <w:rsid w:val="00114870"/>
     <w:rsid w:val="001165EE"/>
     <w:rsid w:val="001256AD"/>
     <w:rsid w:val="0013656A"/>
     <w:rsid w:val="0013704C"/>
     <w:rsid w:val="0013753E"/>
     <w:rsid w:val="00140217"/>
     <w:rsid w:val="001456AC"/>
+    <w:rsid w:val="001468F7"/>
     <w:rsid w:val="00147095"/>
     <w:rsid w:val="001516C5"/>
     <w:rsid w:val="00152582"/>
     <w:rsid w:val="0015259D"/>
     <w:rsid w:val="00154FE7"/>
     <w:rsid w:val="0015763D"/>
     <w:rsid w:val="0016085D"/>
     <w:rsid w:val="001611BC"/>
     <w:rsid w:val="00162C52"/>
     <w:rsid w:val="0016548B"/>
     <w:rsid w:val="00165B66"/>
     <w:rsid w:val="001668ED"/>
     <w:rsid w:val="00170979"/>
     <w:rsid w:val="0017137E"/>
     <w:rsid w:val="00172227"/>
     <w:rsid w:val="00172870"/>
     <w:rsid w:val="001728AC"/>
     <w:rsid w:val="00182550"/>
     <w:rsid w:val="00182A90"/>
     <w:rsid w:val="001844F2"/>
     <w:rsid w:val="00184694"/>
     <w:rsid w:val="00184DCE"/>
     <w:rsid w:val="00187DD9"/>
     <w:rsid w:val="001923E7"/>
     <w:rsid w:val="001A2CE6"/>
     <w:rsid w:val="001A62B9"/>
     <w:rsid w:val="001A6F53"/>
     <w:rsid w:val="001B0666"/>
     <w:rsid w:val="001B0F5F"/>
+    <w:rsid w:val="001B63BB"/>
     <w:rsid w:val="001C0248"/>
     <w:rsid w:val="001C4538"/>
     <w:rsid w:val="001D0891"/>
     <w:rsid w:val="001D2F75"/>
     <w:rsid w:val="001D3085"/>
     <w:rsid w:val="001D462D"/>
     <w:rsid w:val="001D68DE"/>
     <w:rsid w:val="001D760F"/>
     <w:rsid w:val="001E26EF"/>
     <w:rsid w:val="001E44A6"/>
     <w:rsid w:val="001E6F64"/>
     <w:rsid w:val="001E7568"/>
+    <w:rsid w:val="001F1E2A"/>
     <w:rsid w:val="001F2AD9"/>
     <w:rsid w:val="001F3116"/>
     <w:rsid w:val="001F45D3"/>
     <w:rsid w:val="001F4958"/>
     <w:rsid w:val="001F49AD"/>
     <w:rsid w:val="00203E8D"/>
     <w:rsid w:val="002042FD"/>
     <w:rsid w:val="002048B5"/>
     <w:rsid w:val="00210644"/>
     <w:rsid w:val="00214C83"/>
     <w:rsid w:val="002237C5"/>
     <w:rsid w:val="00233A45"/>
     <w:rsid w:val="00235312"/>
     <w:rsid w:val="0024686C"/>
     <w:rsid w:val="002536FE"/>
     <w:rsid w:val="00257737"/>
     <w:rsid w:val="00257744"/>
     <w:rsid w:val="002600B8"/>
     <w:rsid w:val="00260E20"/>
     <w:rsid w:val="00261307"/>
     <w:rsid w:val="00262A15"/>
     <w:rsid w:val="00267BC4"/>
     <w:rsid w:val="00274C94"/>
     <w:rsid w:val="00280EB4"/>
     <w:rsid w:val="00281AC5"/>
     <w:rsid w:val="002822B6"/>
     <w:rsid w:val="00282E23"/>
+    <w:rsid w:val="00283D79"/>
     <w:rsid w:val="002858D1"/>
     <w:rsid w:val="00286321"/>
     <w:rsid w:val="00292AFE"/>
     <w:rsid w:val="002931B7"/>
     <w:rsid w:val="00296C07"/>
     <w:rsid w:val="0029714A"/>
     <w:rsid w:val="002A115F"/>
     <w:rsid w:val="002A2FD9"/>
     <w:rsid w:val="002A655B"/>
+    <w:rsid w:val="002B66F3"/>
     <w:rsid w:val="002C1652"/>
     <w:rsid w:val="002C1F6E"/>
     <w:rsid w:val="002C407A"/>
     <w:rsid w:val="002D1088"/>
     <w:rsid w:val="002D1865"/>
     <w:rsid w:val="002D2B53"/>
     <w:rsid w:val="002D30EF"/>
+    <w:rsid w:val="002D448A"/>
     <w:rsid w:val="002D7235"/>
     <w:rsid w:val="002E2E48"/>
     <w:rsid w:val="002E6851"/>
     <w:rsid w:val="002E7D01"/>
     <w:rsid w:val="002F1005"/>
     <w:rsid w:val="002F3A1F"/>
     <w:rsid w:val="002F3A54"/>
     <w:rsid w:val="002F5540"/>
     <w:rsid w:val="002F60E4"/>
     <w:rsid w:val="003015E9"/>
     <w:rsid w:val="00301D8B"/>
     <w:rsid w:val="00304A44"/>
     <w:rsid w:val="003057FC"/>
     <w:rsid w:val="0030640D"/>
     <w:rsid w:val="0031534F"/>
     <w:rsid w:val="00315F09"/>
     <w:rsid w:val="0031667A"/>
     <w:rsid w:val="00316A8F"/>
     <w:rsid w:val="003179DC"/>
     <w:rsid w:val="00321F80"/>
     <w:rsid w:val="003234E7"/>
     <w:rsid w:val="00327DAD"/>
     <w:rsid w:val="00330D40"/>
     <w:rsid w:val="00337AE6"/>
     <w:rsid w:val="003430C2"/>
     <w:rsid w:val="003447B0"/>
     <w:rsid w:val="003447D6"/>
     <w:rsid w:val="00352936"/>
     <w:rsid w:val="00353BD2"/>
     <w:rsid w:val="00355B93"/>
     <w:rsid w:val="003640B2"/>
     <w:rsid w:val="00366702"/>
     <w:rsid w:val="00370E30"/>
     <w:rsid w:val="00371C56"/>
     <w:rsid w:val="00372078"/>
     <w:rsid w:val="00376983"/>
+    <w:rsid w:val="00380016"/>
     <w:rsid w:val="00382198"/>
     <w:rsid w:val="00382D06"/>
     <w:rsid w:val="00386709"/>
     <w:rsid w:val="003870E0"/>
     <w:rsid w:val="003878F9"/>
     <w:rsid w:val="00391017"/>
     <w:rsid w:val="003963E7"/>
     <w:rsid w:val="003A5723"/>
     <w:rsid w:val="003B04BB"/>
     <w:rsid w:val="003B6336"/>
     <w:rsid w:val="003B6C87"/>
     <w:rsid w:val="003C7014"/>
     <w:rsid w:val="003C7841"/>
     <w:rsid w:val="003D11F2"/>
     <w:rsid w:val="003D6642"/>
     <w:rsid w:val="003E1136"/>
     <w:rsid w:val="003E2F9F"/>
     <w:rsid w:val="003F0EDD"/>
     <w:rsid w:val="003F133C"/>
     <w:rsid w:val="003F2B4F"/>
     <w:rsid w:val="00403329"/>
     <w:rsid w:val="004039AC"/>
     <w:rsid w:val="00404442"/>
     <w:rsid w:val="0040697C"/>
     <w:rsid w:val="00407129"/>
     <w:rsid w:val="0041141A"/>
     <w:rsid w:val="00415A8B"/>
     <w:rsid w:val="004173FF"/>
     <w:rsid w:val="00417C88"/>
     <w:rsid w:val="00421227"/>
     <w:rsid w:val="00427188"/>
     <w:rsid w:val="00431451"/>
     <w:rsid w:val="004430DA"/>
     <w:rsid w:val="00443B76"/>
     <w:rsid w:val="00445D48"/>
     <w:rsid w:val="004473AE"/>
     <w:rsid w:val="00450BE2"/>
     <w:rsid w:val="0045263E"/>
     <w:rsid w:val="00454329"/>
     <w:rsid w:val="00454F00"/>
     <w:rsid w:val="0046007F"/>
     <w:rsid w:val="00462CC1"/>
     <w:rsid w:val="004632F4"/>
     <w:rsid w:val="004643DF"/>
     <w:rsid w:val="00471BBB"/>
     <w:rsid w:val="004734E7"/>
     <w:rsid w:val="004747A7"/>
     <w:rsid w:val="00480900"/>
     <w:rsid w:val="00480C43"/>
     <w:rsid w:val="00481581"/>
+    <w:rsid w:val="00482758"/>
     <w:rsid w:val="00492BA4"/>
     <w:rsid w:val="004945A7"/>
+    <w:rsid w:val="004A049D"/>
     <w:rsid w:val="004A1326"/>
     <w:rsid w:val="004A3311"/>
     <w:rsid w:val="004A4CDF"/>
     <w:rsid w:val="004A5191"/>
     <w:rsid w:val="004A6327"/>
     <w:rsid w:val="004A666E"/>
     <w:rsid w:val="004A71C4"/>
     <w:rsid w:val="004A77D6"/>
     <w:rsid w:val="004A7FF2"/>
     <w:rsid w:val="004C0291"/>
     <w:rsid w:val="004C5492"/>
     <w:rsid w:val="004D38EF"/>
     <w:rsid w:val="004D57B6"/>
     <w:rsid w:val="004D6EE7"/>
     <w:rsid w:val="004E156B"/>
     <w:rsid w:val="004E53F5"/>
     <w:rsid w:val="004E5C92"/>
+    <w:rsid w:val="004F2E6E"/>
     <w:rsid w:val="004F3BA4"/>
     <w:rsid w:val="004F58FA"/>
     <w:rsid w:val="004F5F16"/>
     <w:rsid w:val="004F6366"/>
     <w:rsid w:val="00500CB7"/>
     <w:rsid w:val="005062C7"/>
     <w:rsid w:val="005116EA"/>
     <w:rsid w:val="005146C4"/>
     <w:rsid w:val="00522CDC"/>
     <w:rsid w:val="005241E6"/>
     <w:rsid w:val="00524D2A"/>
     <w:rsid w:val="0053132B"/>
     <w:rsid w:val="005367D3"/>
     <w:rsid w:val="005421E2"/>
     <w:rsid w:val="00542590"/>
     <w:rsid w:val="00546921"/>
     <w:rsid w:val="00551E66"/>
     <w:rsid w:val="0055375C"/>
     <w:rsid w:val="00553CDB"/>
     <w:rsid w:val="0055569B"/>
     <w:rsid w:val="005604A5"/>
     <w:rsid w:val="00561EF2"/>
     <w:rsid w:val="005628FF"/>
     <w:rsid w:val="00563143"/>
     <w:rsid w:val="00570BF9"/>
     <w:rsid w:val="00574198"/>
     <w:rsid w:val="005851E4"/>
     <w:rsid w:val="00587346"/>
     <w:rsid w:val="00591BD0"/>
     <w:rsid w:val="005A13E2"/>
     <w:rsid w:val="005A284B"/>
     <w:rsid w:val="005A59F6"/>
     <w:rsid w:val="005A67F0"/>
     <w:rsid w:val="005B01A2"/>
     <w:rsid w:val="005B1B73"/>
     <w:rsid w:val="005B345B"/>
     <w:rsid w:val="005B3C1E"/>
     <w:rsid w:val="005B4747"/>
     <w:rsid w:val="005B4E71"/>
     <w:rsid w:val="005B6BF7"/>
     <w:rsid w:val="005B7777"/>
     <w:rsid w:val="005C242C"/>
     <w:rsid w:val="005C3050"/>
     <w:rsid w:val="005C393E"/>
     <w:rsid w:val="005C5865"/>
     <w:rsid w:val="005C6E56"/>
     <w:rsid w:val="005D0E62"/>
+    <w:rsid w:val="005D15F3"/>
+    <w:rsid w:val="005D4A58"/>
     <w:rsid w:val="005D4DED"/>
     <w:rsid w:val="005D73B0"/>
     <w:rsid w:val="005E1441"/>
     <w:rsid w:val="005E3600"/>
     <w:rsid w:val="005E4872"/>
     <w:rsid w:val="005E5FAA"/>
     <w:rsid w:val="005E7DF5"/>
     <w:rsid w:val="005F510B"/>
     <w:rsid w:val="00601737"/>
     <w:rsid w:val="00602CA5"/>
     <w:rsid w:val="00605B6C"/>
     <w:rsid w:val="00605C01"/>
     <w:rsid w:val="00615064"/>
     <w:rsid w:val="006153D2"/>
     <w:rsid w:val="00630903"/>
     <w:rsid w:val="0063230A"/>
     <w:rsid w:val="0063401A"/>
     <w:rsid w:val="00642803"/>
     <w:rsid w:val="0065140C"/>
+    <w:rsid w:val="0065181F"/>
     <w:rsid w:val="00651A66"/>
     <w:rsid w:val="00667085"/>
     <w:rsid w:val="00667E93"/>
     <w:rsid w:val="0067212B"/>
     <w:rsid w:val="006779BD"/>
     <w:rsid w:val="0068051A"/>
+    <w:rsid w:val="00685036"/>
     <w:rsid w:val="00692618"/>
     <w:rsid w:val="00694A9D"/>
     <w:rsid w:val="006A06AD"/>
     <w:rsid w:val="006A0C55"/>
     <w:rsid w:val="006A2286"/>
     <w:rsid w:val="006A30F1"/>
     <w:rsid w:val="006A3CF4"/>
     <w:rsid w:val="006A4E0A"/>
     <w:rsid w:val="006B0FB9"/>
     <w:rsid w:val="006B166E"/>
     <w:rsid w:val="006B454B"/>
     <w:rsid w:val="006B48AB"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C3EAF"/>
     <w:rsid w:val="006C48A9"/>
     <w:rsid w:val="006D31B9"/>
     <w:rsid w:val="006D5286"/>
     <w:rsid w:val="006D7A76"/>
     <w:rsid w:val="006E10C7"/>
     <w:rsid w:val="006E41FD"/>
     <w:rsid w:val="006E728F"/>
     <w:rsid w:val="006E747C"/>
     <w:rsid w:val="006E7AA7"/>
     <w:rsid w:val="006F049A"/>
     <w:rsid w:val="006F3A49"/>
     <w:rsid w:val="006F3B72"/>
     <w:rsid w:val="006F3C6F"/>
     <w:rsid w:val="006F484F"/>
     <w:rsid w:val="006F5692"/>
     <w:rsid w:val="006F5799"/>
     <w:rsid w:val="0070297E"/>
     <w:rsid w:val="0070380F"/>
     <w:rsid w:val="00707E61"/>
     <w:rsid w:val="00713C32"/>
+    <w:rsid w:val="00724A61"/>
     <w:rsid w:val="00727BAD"/>
     <w:rsid w:val="00727D8F"/>
     <w:rsid w:val="00731703"/>
     <w:rsid w:val="0074404B"/>
     <w:rsid w:val="00753569"/>
     <w:rsid w:val="00754FAE"/>
     <w:rsid w:val="00755BCE"/>
     <w:rsid w:val="00771970"/>
     <w:rsid w:val="00794289"/>
     <w:rsid w:val="007A17B6"/>
     <w:rsid w:val="007A6C5C"/>
     <w:rsid w:val="007B589D"/>
     <w:rsid w:val="007C3B14"/>
     <w:rsid w:val="007C4717"/>
     <w:rsid w:val="007C52F8"/>
     <w:rsid w:val="007C5FB6"/>
     <w:rsid w:val="007D1DEA"/>
     <w:rsid w:val="007D235E"/>
     <w:rsid w:val="007D34FB"/>
     <w:rsid w:val="007D4F53"/>
     <w:rsid w:val="007D6C7A"/>
     <w:rsid w:val="007E5E39"/>
     <w:rsid w:val="007E5FC4"/>
     <w:rsid w:val="007E67E8"/>
     <w:rsid w:val="007F0EFD"/>
     <w:rsid w:val="007F10B1"/>
     <w:rsid w:val="007F6775"/>
     <w:rsid w:val="008011F1"/>
     <w:rsid w:val="0080347D"/>
     <w:rsid w:val="00805610"/>
     <w:rsid w:val="008061FC"/>
     <w:rsid w:val="008114AB"/>
     <w:rsid w:val="008205FB"/>
     <w:rsid w:val="00821114"/>
     <w:rsid w:val="00823075"/>
     <w:rsid w:val="0082330B"/>
     <w:rsid w:val="0082417D"/>
     <w:rsid w:val="00825780"/>
     <w:rsid w:val="0082676B"/>
     <w:rsid w:val="00830D78"/>
     <w:rsid w:val="008320F9"/>
     <w:rsid w:val="00832178"/>
     <w:rsid w:val="0083234D"/>
     <w:rsid w:val="00833535"/>
     <w:rsid w:val="00833CD4"/>
     <w:rsid w:val="00835020"/>
     <w:rsid w:val="008419B3"/>
     <w:rsid w:val="008421A5"/>
     <w:rsid w:val="008509C2"/>
     <w:rsid w:val="008517BC"/>
+    <w:rsid w:val="008615EF"/>
     <w:rsid w:val="00862033"/>
     <w:rsid w:val="00862491"/>
     <w:rsid w:val="00862810"/>
     <w:rsid w:val="00864365"/>
     <w:rsid w:val="00866923"/>
     <w:rsid w:val="00871998"/>
     <w:rsid w:val="00875692"/>
     <w:rsid w:val="008777B0"/>
     <w:rsid w:val="00880153"/>
     <w:rsid w:val="00881078"/>
     <w:rsid w:val="008839C5"/>
     <w:rsid w:val="00885F5D"/>
     <w:rsid w:val="00891CD0"/>
     <w:rsid w:val="008938F7"/>
     <w:rsid w:val="0089536C"/>
     <w:rsid w:val="008A1275"/>
     <w:rsid w:val="008A1957"/>
     <w:rsid w:val="008B17CF"/>
     <w:rsid w:val="008B34C6"/>
     <w:rsid w:val="008B6AEA"/>
     <w:rsid w:val="008B6CEF"/>
     <w:rsid w:val="008C5F51"/>
     <w:rsid w:val="008C79E8"/>
     <w:rsid w:val="008D1C1A"/>
     <w:rsid w:val="008D202B"/>
     <w:rsid w:val="008D32DB"/>
     <w:rsid w:val="008D78E0"/>
     <w:rsid w:val="008D7CB9"/>
     <w:rsid w:val="008E2A02"/>
     <w:rsid w:val="008E2FC5"/>
     <w:rsid w:val="008E5418"/>
     <w:rsid w:val="008E5796"/>
     <w:rsid w:val="008F443E"/>
     <w:rsid w:val="008F7FFB"/>
     <w:rsid w:val="0090237A"/>
     <w:rsid w:val="009059A9"/>
     <w:rsid w:val="00911C87"/>
     <w:rsid w:val="00917174"/>
     <w:rsid w:val="009201B4"/>
     <w:rsid w:val="009234CE"/>
     <w:rsid w:val="0093019D"/>
     <w:rsid w:val="00930ED5"/>
+    <w:rsid w:val="009330F7"/>
     <w:rsid w:val="00933DBC"/>
     <w:rsid w:val="009355BC"/>
     <w:rsid w:val="009471B6"/>
     <w:rsid w:val="00950BBA"/>
     <w:rsid w:val="0095101C"/>
+    <w:rsid w:val="009521BE"/>
     <w:rsid w:val="009536DC"/>
     <w:rsid w:val="0095731E"/>
     <w:rsid w:val="00957873"/>
     <w:rsid w:val="0096143B"/>
     <w:rsid w:val="00964785"/>
     <w:rsid w:val="009662E0"/>
     <w:rsid w:val="0097372C"/>
     <w:rsid w:val="009738DC"/>
     <w:rsid w:val="009738E3"/>
     <w:rsid w:val="00987239"/>
     <w:rsid w:val="00991CD1"/>
     <w:rsid w:val="00993042"/>
     <w:rsid w:val="00994DB9"/>
     <w:rsid w:val="00995E6C"/>
     <w:rsid w:val="00996EAA"/>
     <w:rsid w:val="009972EF"/>
     <w:rsid w:val="009A046B"/>
     <w:rsid w:val="009A0981"/>
     <w:rsid w:val="009A4657"/>
     <w:rsid w:val="009A5A1B"/>
     <w:rsid w:val="009A678C"/>
     <w:rsid w:val="009A6FBE"/>
     <w:rsid w:val="009B7B91"/>
     <w:rsid w:val="009C0B9F"/>
     <w:rsid w:val="009C13CC"/>
     <w:rsid w:val="009C27B5"/>
     <w:rsid w:val="009C3E8B"/>
     <w:rsid w:val="009C4EFB"/>
     <w:rsid w:val="009D1AC6"/>
     <w:rsid w:val="009E0118"/>
     <w:rsid w:val="009E357A"/>
     <w:rsid w:val="009E5036"/>
     <w:rsid w:val="009E529B"/>
     <w:rsid w:val="009F329D"/>
     <w:rsid w:val="009F383B"/>
     <w:rsid w:val="009F4B89"/>
+    <w:rsid w:val="009F5582"/>
     <w:rsid w:val="00A00625"/>
     <w:rsid w:val="00A02692"/>
     <w:rsid w:val="00A04AB8"/>
     <w:rsid w:val="00A070AD"/>
     <w:rsid w:val="00A1133F"/>
     <w:rsid w:val="00A11E37"/>
     <w:rsid w:val="00A13D34"/>
     <w:rsid w:val="00A1481E"/>
     <w:rsid w:val="00A21660"/>
     <w:rsid w:val="00A222C6"/>
     <w:rsid w:val="00A22CAD"/>
     <w:rsid w:val="00A25CF0"/>
     <w:rsid w:val="00A27B1F"/>
     <w:rsid w:val="00A3161C"/>
     <w:rsid w:val="00A32D89"/>
     <w:rsid w:val="00A34A47"/>
     <w:rsid w:val="00A445B3"/>
     <w:rsid w:val="00A52616"/>
     <w:rsid w:val="00A52D41"/>
     <w:rsid w:val="00A66261"/>
     <w:rsid w:val="00A703D5"/>
     <w:rsid w:val="00A71D19"/>
+    <w:rsid w:val="00A72D82"/>
     <w:rsid w:val="00A73F56"/>
     <w:rsid w:val="00A80404"/>
     <w:rsid w:val="00A94506"/>
     <w:rsid w:val="00A951CA"/>
     <w:rsid w:val="00AA1539"/>
     <w:rsid w:val="00AA2C6C"/>
     <w:rsid w:val="00AA31F0"/>
     <w:rsid w:val="00AB19F5"/>
     <w:rsid w:val="00AB4E8C"/>
     <w:rsid w:val="00AB55C9"/>
     <w:rsid w:val="00AC2795"/>
     <w:rsid w:val="00AC3500"/>
     <w:rsid w:val="00AC4C34"/>
     <w:rsid w:val="00AD258D"/>
     <w:rsid w:val="00AE7A2A"/>
     <w:rsid w:val="00AF2F9E"/>
     <w:rsid w:val="00AF48FF"/>
     <w:rsid w:val="00AF6ACD"/>
     <w:rsid w:val="00B00175"/>
+    <w:rsid w:val="00B01B0B"/>
     <w:rsid w:val="00B03A2B"/>
     <w:rsid w:val="00B068EC"/>
     <w:rsid w:val="00B07650"/>
     <w:rsid w:val="00B102DC"/>
     <w:rsid w:val="00B159D7"/>
     <w:rsid w:val="00B17639"/>
     <w:rsid w:val="00B20BC4"/>
     <w:rsid w:val="00B2118E"/>
     <w:rsid w:val="00B325E8"/>
     <w:rsid w:val="00B334C5"/>
     <w:rsid w:val="00B34054"/>
     <w:rsid w:val="00B34253"/>
     <w:rsid w:val="00B3533B"/>
     <w:rsid w:val="00B359CA"/>
     <w:rsid w:val="00B406B7"/>
     <w:rsid w:val="00B44BB0"/>
     <w:rsid w:val="00B47728"/>
     <w:rsid w:val="00B47A53"/>
     <w:rsid w:val="00B47DCC"/>
     <w:rsid w:val="00B558AC"/>
     <w:rsid w:val="00B558D8"/>
     <w:rsid w:val="00B56BB6"/>
     <w:rsid w:val="00B60D52"/>
     <w:rsid w:val="00B739B5"/>
     <w:rsid w:val="00B74393"/>
+    <w:rsid w:val="00B76022"/>
     <w:rsid w:val="00B76ED0"/>
     <w:rsid w:val="00B81C63"/>
+    <w:rsid w:val="00B839BB"/>
     <w:rsid w:val="00B8586D"/>
     <w:rsid w:val="00B86533"/>
     <w:rsid w:val="00B8795F"/>
     <w:rsid w:val="00B92F68"/>
     <w:rsid w:val="00B95C61"/>
     <w:rsid w:val="00B96DB7"/>
     <w:rsid w:val="00BA42FC"/>
+    <w:rsid w:val="00BA5455"/>
     <w:rsid w:val="00BA68EE"/>
     <w:rsid w:val="00BB042A"/>
     <w:rsid w:val="00BB30BA"/>
     <w:rsid w:val="00BB3439"/>
     <w:rsid w:val="00BB34A0"/>
     <w:rsid w:val="00BB4328"/>
     <w:rsid w:val="00BC6389"/>
     <w:rsid w:val="00BC6F47"/>
     <w:rsid w:val="00BC7F8A"/>
     <w:rsid w:val="00BD5AC0"/>
     <w:rsid w:val="00BD5B55"/>
     <w:rsid w:val="00BD7178"/>
     <w:rsid w:val="00BE23A9"/>
     <w:rsid w:val="00BE5E89"/>
+    <w:rsid w:val="00BE728B"/>
     <w:rsid w:val="00BF0DAE"/>
     <w:rsid w:val="00BF11EA"/>
     <w:rsid w:val="00BF449E"/>
     <w:rsid w:val="00BF515D"/>
     <w:rsid w:val="00BF5567"/>
     <w:rsid w:val="00BF7390"/>
     <w:rsid w:val="00C01996"/>
     <w:rsid w:val="00C05922"/>
     <w:rsid w:val="00C0619C"/>
     <w:rsid w:val="00C072DF"/>
     <w:rsid w:val="00C07C63"/>
     <w:rsid w:val="00C1136A"/>
     <w:rsid w:val="00C17D45"/>
     <w:rsid w:val="00C20976"/>
     <w:rsid w:val="00C21692"/>
     <w:rsid w:val="00C24E90"/>
     <w:rsid w:val="00C27471"/>
     <w:rsid w:val="00C34FE9"/>
     <w:rsid w:val="00C36256"/>
     <w:rsid w:val="00C46D55"/>
     <w:rsid w:val="00C47CC4"/>
     <w:rsid w:val="00C52191"/>
     <w:rsid w:val="00C5264A"/>
     <w:rsid w:val="00C53D76"/>
     <w:rsid w:val="00C57592"/>
     <w:rsid w:val="00C602B1"/>
     <w:rsid w:val="00C6069A"/>
     <w:rsid w:val="00C60DC0"/>
     <w:rsid w:val="00C64C17"/>
     <w:rsid w:val="00C66988"/>
     <w:rsid w:val="00C702B2"/>
+    <w:rsid w:val="00C72A20"/>
     <w:rsid w:val="00C74952"/>
     <w:rsid w:val="00C8385D"/>
     <w:rsid w:val="00C8434F"/>
     <w:rsid w:val="00C86929"/>
     <w:rsid w:val="00C908E0"/>
     <w:rsid w:val="00C95541"/>
     <w:rsid w:val="00C9719A"/>
     <w:rsid w:val="00C9740B"/>
     <w:rsid w:val="00C97656"/>
     <w:rsid w:val="00CA3EE3"/>
     <w:rsid w:val="00CA4431"/>
     <w:rsid w:val="00CA6E7D"/>
     <w:rsid w:val="00CB41DC"/>
     <w:rsid w:val="00CB4302"/>
     <w:rsid w:val="00CB6683"/>
     <w:rsid w:val="00CB6BE8"/>
     <w:rsid w:val="00CB6DCC"/>
     <w:rsid w:val="00CB7EF9"/>
+    <w:rsid w:val="00CC0873"/>
+    <w:rsid w:val="00CC09B4"/>
     <w:rsid w:val="00CC4F54"/>
     <w:rsid w:val="00CC6A96"/>
     <w:rsid w:val="00CC6F68"/>
     <w:rsid w:val="00CD2B8B"/>
     <w:rsid w:val="00CD309D"/>
     <w:rsid w:val="00CE1E65"/>
     <w:rsid w:val="00CE22AD"/>
     <w:rsid w:val="00CE263C"/>
     <w:rsid w:val="00CE3D99"/>
     <w:rsid w:val="00CE48E0"/>
     <w:rsid w:val="00CE4952"/>
     <w:rsid w:val="00CF54E7"/>
     <w:rsid w:val="00CF55B6"/>
     <w:rsid w:val="00D129C5"/>
     <w:rsid w:val="00D12C2E"/>
     <w:rsid w:val="00D13532"/>
     <w:rsid w:val="00D1750B"/>
     <w:rsid w:val="00D21250"/>
     <w:rsid w:val="00D22A3B"/>
     <w:rsid w:val="00D26172"/>
     <w:rsid w:val="00D2754B"/>
     <w:rsid w:val="00D27AC4"/>
     <w:rsid w:val="00D357AE"/>
     <w:rsid w:val="00D36091"/>
     <w:rsid w:val="00D364E7"/>
     <w:rsid w:val="00D366F1"/>
     <w:rsid w:val="00D41D25"/>
     <w:rsid w:val="00D43D41"/>
     <w:rsid w:val="00D44896"/>
     <w:rsid w:val="00D50274"/>
+    <w:rsid w:val="00D50340"/>
     <w:rsid w:val="00D640AB"/>
     <w:rsid w:val="00D65924"/>
     <w:rsid w:val="00D65D56"/>
     <w:rsid w:val="00D672D8"/>
     <w:rsid w:val="00D70B3D"/>
     <w:rsid w:val="00D70D12"/>
     <w:rsid w:val="00D7130B"/>
     <w:rsid w:val="00D72DE9"/>
+    <w:rsid w:val="00D73D68"/>
     <w:rsid w:val="00D77A2E"/>
     <w:rsid w:val="00D846B0"/>
     <w:rsid w:val="00D87B1A"/>
     <w:rsid w:val="00D91981"/>
     <w:rsid w:val="00DA0301"/>
     <w:rsid w:val="00DA050C"/>
     <w:rsid w:val="00DA0C93"/>
+    <w:rsid w:val="00DA18F8"/>
     <w:rsid w:val="00DA306D"/>
     <w:rsid w:val="00DA3D28"/>
     <w:rsid w:val="00DA458B"/>
     <w:rsid w:val="00DA599A"/>
     <w:rsid w:val="00DA737C"/>
     <w:rsid w:val="00DA7ECE"/>
     <w:rsid w:val="00DA7F5D"/>
     <w:rsid w:val="00DB1608"/>
     <w:rsid w:val="00DB58BA"/>
     <w:rsid w:val="00DB5F64"/>
     <w:rsid w:val="00DC32CC"/>
     <w:rsid w:val="00DC558D"/>
     <w:rsid w:val="00DC6B97"/>
     <w:rsid w:val="00DC776B"/>
     <w:rsid w:val="00DD2523"/>
     <w:rsid w:val="00DD2ECF"/>
     <w:rsid w:val="00DD3694"/>
     <w:rsid w:val="00DD7B4D"/>
     <w:rsid w:val="00DE18DD"/>
     <w:rsid w:val="00DE2B45"/>
     <w:rsid w:val="00DE56A1"/>
     <w:rsid w:val="00DF211D"/>
     <w:rsid w:val="00DF226A"/>
     <w:rsid w:val="00E01F1F"/>
     <w:rsid w:val="00E0236E"/>
     <w:rsid w:val="00E03FC3"/>
+    <w:rsid w:val="00E047CB"/>
     <w:rsid w:val="00E05B83"/>
     <w:rsid w:val="00E05F75"/>
     <w:rsid w:val="00E06752"/>
     <w:rsid w:val="00E1283B"/>
     <w:rsid w:val="00E138BF"/>
     <w:rsid w:val="00E15300"/>
     <w:rsid w:val="00E20D7C"/>
     <w:rsid w:val="00E219B2"/>
     <w:rsid w:val="00E21D49"/>
     <w:rsid w:val="00E22F6B"/>
     <w:rsid w:val="00E2315D"/>
     <w:rsid w:val="00E2597F"/>
     <w:rsid w:val="00E32F37"/>
     <w:rsid w:val="00E410F6"/>
     <w:rsid w:val="00E442DA"/>
     <w:rsid w:val="00E46A1B"/>
     <w:rsid w:val="00E506F2"/>
     <w:rsid w:val="00E526D6"/>
     <w:rsid w:val="00E54739"/>
     <w:rsid w:val="00E61FE5"/>
     <w:rsid w:val="00E702CF"/>
     <w:rsid w:val="00E76680"/>
     <w:rsid w:val="00E815A5"/>
     <w:rsid w:val="00E82D1E"/>
     <w:rsid w:val="00E847E3"/>
     <w:rsid w:val="00E85CD1"/>
     <w:rsid w:val="00E866DD"/>
     <w:rsid w:val="00E8686A"/>
     <w:rsid w:val="00E94EEA"/>
+    <w:rsid w:val="00E95CD2"/>
     <w:rsid w:val="00E9683B"/>
     <w:rsid w:val="00EA102B"/>
+    <w:rsid w:val="00EA22E8"/>
     <w:rsid w:val="00EA2B4C"/>
     <w:rsid w:val="00EA707D"/>
     <w:rsid w:val="00EB0572"/>
     <w:rsid w:val="00EB0A92"/>
     <w:rsid w:val="00EB0ACC"/>
     <w:rsid w:val="00ED687D"/>
+    <w:rsid w:val="00ED68CE"/>
     <w:rsid w:val="00EE1341"/>
     <w:rsid w:val="00EE74ED"/>
     <w:rsid w:val="00EF03A3"/>
     <w:rsid w:val="00EF0B71"/>
     <w:rsid w:val="00EF6CA0"/>
     <w:rsid w:val="00EF7046"/>
     <w:rsid w:val="00F03AA6"/>
     <w:rsid w:val="00F03BD0"/>
     <w:rsid w:val="00F069BC"/>
     <w:rsid w:val="00F20A5F"/>
     <w:rsid w:val="00F234A1"/>
     <w:rsid w:val="00F34507"/>
     <w:rsid w:val="00F44BFA"/>
     <w:rsid w:val="00F50032"/>
     <w:rsid w:val="00F51B12"/>
     <w:rsid w:val="00F56432"/>
     <w:rsid w:val="00F62DAC"/>
     <w:rsid w:val="00F6398C"/>
     <w:rsid w:val="00F66DEE"/>
     <w:rsid w:val="00F679BC"/>
     <w:rsid w:val="00F74BC4"/>
     <w:rsid w:val="00F761E5"/>
     <w:rsid w:val="00F8301C"/>
     <w:rsid w:val="00F872CF"/>
     <w:rsid w:val="00F902A7"/>
@@ -28147,70 +29916,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>497</Words>
-  <Characters>3138</Characters>
+  <Words>712</Words>
+  <Characters>4486</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Wintercup SPIELPLAN Granulathalle PFRIMMPARK ARENA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3628</CharactersWithSpaces>
+  <CharactersWithSpaces>5188</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Wintercup SPIELPLAN Granulathalle PFRIMMPARK ARENA</dc:title>
   <dc:subject/>
   <dc:creator>Schaudt</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>