--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -6940,61 +6940,70 @@
           <w:p w14:paraId="779B919C" w14:textId="632CE93F" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="002F1005" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Wonderwomen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="262E1495" w14:textId="71ADF12D" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00667E93" w:rsidP="00667E93">
+          <w:p w14:paraId="262E1495" w14:textId="28458E57" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="00555EAA" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50D86095" w14:textId="454E996A" w:rsidR="00667E93" w:rsidRPr="006E7AA7" w:rsidRDefault="002F1005" w:rsidP="00667E93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rollercoaster</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -7134,1417 +7143,1480 @@
             <w:tcW w:w="2845" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74A858A9" w14:textId="6C800E88" w:rsidR="00B334C5" w:rsidRPr="006E7AA7" w:rsidRDefault="00CC4F54" w:rsidP="00B334C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sonnenschein</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="795E502A" w14:textId="6823B26E" w:rsidR="00B334C5" w:rsidRPr="006E7AA7" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+          <w:p w14:paraId="795E502A" w14:textId="7A115E37" w:rsidR="00B334C5" w:rsidRPr="006E7AA7" w:rsidRDefault="00555EAA" w:rsidP="00B334C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3236565E" w14:textId="247D5ADA" w:rsidR="00B334C5" w:rsidRPr="006E7AA7" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lucky Ladies Oppenheim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="699C1868" w14:textId="78132A12" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-55-65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="45336FBE" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40F45102" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77D48F24" w14:textId="6849878F" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23.11.25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30845AFB" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60A30F3F" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A8CC956" w14:textId="5036B1FC" w:rsidR="00B334C5" w:rsidRPr="006E7AA7" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Weschnitzchicken</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3614E633" w14:textId="2B839BB2" w:rsidR="00B334C5" w:rsidRPr="006E7AA7" w:rsidRDefault="00555EAA" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ACFF2F7" w14:textId="121649EA" w:rsidR="00B334C5" w:rsidRPr="006E7AA7" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Rabbitchickz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76A8CFA9" w14:textId="6C8EB150" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B76022" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="57AC642E" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6152B4D9" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CF0C718" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C12AA86" w14:textId="721030CF" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7324C978" w14:textId="5071969E" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6551E4EC" w14:textId="47FDF185" w:rsidR="00B334C5" w:rsidRPr="006E7AA7" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Landskrone</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11C813F8" w14:textId="36C2064A" w:rsidR="00B334C5" w:rsidRPr="006E7AA7" w:rsidRDefault="00825F18" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1:2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B2C997" w14:textId="4E00CEF3" w:rsidR="00B334C5" w:rsidRPr="006E7AA7" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC Mutterstadt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CEC7E0C" w14:textId="1740F574" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B334C5" w:rsidRPr="009C13CC" w14:paraId="081FFAB7" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B8C200A" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19B5E59E" w14:textId="77777777" w:rsidR="00B334C5" w:rsidRPr="009C13CC" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7236AAE6" w14:textId="6842504F" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:</w:t>
+            </w:r>
+            <w:r w:rsidR="009F5582">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="364724DA" w14:textId="5BFA5EDE" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="625D9D3B" w14:textId="07164EEE" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C65B8B3" w14:textId="709B0B88" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="256B83D2" w14:textId="7075C1DC" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28ACCC22" w14:textId="10DC5A02" w:rsidR="00B334C5" w:rsidRPr="003D6642" w:rsidRDefault="00B334C5" w:rsidP="00B334C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00044527" w:rsidRPr="009C13CC" w14:paraId="5B1AF8C1" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DE1E119" w14:textId="77777777" w:rsidR="00044527" w:rsidRPr="009C13CC" w:rsidRDefault="00044527" w:rsidP="00044527">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D8552C6" w14:textId="748E4A04" w:rsidR="00044527" w:rsidRPr="009C13CC" w:rsidRDefault="00044527" w:rsidP="00044527">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>29.11.25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EC555D7" w14:textId="77777777" w:rsidR="00044527" w:rsidRPr="003D6642" w:rsidRDefault="00044527" w:rsidP="00044527">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="637ADFC3" w14:textId="77777777" w:rsidR="00044527" w:rsidRPr="003D6642" w:rsidRDefault="00044527" w:rsidP="00044527">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BE720B1" w14:textId="3F8F352E" w:rsidR="00044527" w:rsidRPr="003D6642" w:rsidRDefault="00044527" w:rsidP="00044527">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TC Rehasport </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Leimer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CDE12DF" w14:textId="301AA1FA" w:rsidR="00044527" w:rsidRPr="003D6642" w:rsidRDefault="009D038D" w:rsidP="00044527">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E86D67F" w14:textId="73F7F821" w:rsidR="00044527" w:rsidRPr="003D6642" w:rsidRDefault="00044527" w:rsidP="00044527">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nahezu Topfit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35DF85C0" w14:textId="0AF702B4" w:rsidR="00044527" w:rsidRPr="003D6642" w:rsidRDefault="00044527" w:rsidP="00044527">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w14:paraId="5472863A" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34C5F46F" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="293F0484" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="719D0CA6" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30FB2E32" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F28119A" w14:textId="4B11FC13" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hemsbach </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Fifty‘s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F3807D4" w14:textId="2504BFF8" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="009D038D" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1391236A" w14:textId="0C004FE7" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TSG Heidelberg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4208535A" w14:textId="7A66B851" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w14:paraId="37634020" w14:textId="77777777" w:rsidTr="00794289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48943370" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78863DC1" w14:textId="37552E2A" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30.11.25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50FC0ECC" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70D08159" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09FF19FD" w14:textId="38A280AC" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC BW Bensheim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A94ACB2" w14:textId="36CFAC63" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="009D038D" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54B1DB77" w14:textId="4DEE11FD" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Die Turboschnecken</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="463D43EA" w14:textId="6C591F2F" w:rsidR="004F2E6E" w:rsidRPr="003D6642" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w14:paraId="6E2B7502" w14:textId="77777777" w:rsidTr="00B47A53">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="759FD67A" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRPr="009C13CC" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FF3F1C5" w14:textId="77777777" w:rsidR="004F2E6E" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8ED854" w14:textId="1EF44462" w:rsidR="004F2E6E" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C13CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F0DC61D" w14:textId="68D6DC37" w:rsidR="004F2E6E" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E7617D5" w14:textId="5348C29C" w:rsidR="004F2E6E" w:rsidRPr="006E7AA7" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Thundercats</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="537D234A" w14:textId="6655BAD5" w:rsidR="004F2E6E" w:rsidRPr="006E7AA7" w:rsidRDefault="009D038D" w:rsidP="004F2E6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-          </w:p>
-[...1353 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02BFB0B8" w14:textId="6D706C3A" w:rsidR="004F2E6E" w:rsidRPr="006E7AA7" w:rsidRDefault="004F2E6E" w:rsidP="004F2E6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">#30er </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
@@ -28044,50 +28116,51 @@
     <w:rsid w:val="004D6EE7"/>
     <w:rsid w:val="004E156B"/>
     <w:rsid w:val="004E53F5"/>
     <w:rsid w:val="004E5C92"/>
     <w:rsid w:val="004F2E6E"/>
     <w:rsid w:val="004F3BA4"/>
     <w:rsid w:val="004F58FA"/>
     <w:rsid w:val="004F5F16"/>
     <w:rsid w:val="004F6366"/>
     <w:rsid w:val="00500CB7"/>
     <w:rsid w:val="005062C7"/>
     <w:rsid w:val="005116EA"/>
     <w:rsid w:val="005146C4"/>
     <w:rsid w:val="00522CDC"/>
     <w:rsid w:val="005241E6"/>
     <w:rsid w:val="00524D2A"/>
     <w:rsid w:val="0053132B"/>
     <w:rsid w:val="005367D3"/>
     <w:rsid w:val="005421E2"/>
     <w:rsid w:val="00542590"/>
     <w:rsid w:val="00546921"/>
     <w:rsid w:val="00551E66"/>
     <w:rsid w:val="0055375C"/>
     <w:rsid w:val="00553CDB"/>
     <w:rsid w:val="0055569B"/>
+    <w:rsid w:val="00555EAA"/>
     <w:rsid w:val="005604A5"/>
     <w:rsid w:val="00561EF2"/>
     <w:rsid w:val="005628FF"/>
     <w:rsid w:val="00563143"/>
     <w:rsid w:val="00570BF9"/>
     <w:rsid w:val="00574198"/>
     <w:rsid w:val="005851E4"/>
     <w:rsid w:val="00587346"/>
     <w:rsid w:val="00591BD0"/>
     <w:rsid w:val="005A13E2"/>
     <w:rsid w:val="005A284B"/>
     <w:rsid w:val="005A59F6"/>
     <w:rsid w:val="005A67F0"/>
     <w:rsid w:val="005B01A2"/>
     <w:rsid w:val="005B1B73"/>
     <w:rsid w:val="005B345B"/>
     <w:rsid w:val="005B3C1E"/>
     <w:rsid w:val="005B4747"/>
     <w:rsid w:val="005B4E71"/>
     <w:rsid w:val="005B6BF7"/>
     <w:rsid w:val="005B7777"/>
     <w:rsid w:val="005C242C"/>
     <w:rsid w:val="005C3050"/>
     <w:rsid w:val="005C393E"/>
     <w:rsid w:val="005C5865"/>
@@ -28173,50 +28246,51 @@
     <w:rsid w:val="007C4717"/>
     <w:rsid w:val="007C52F8"/>
     <w:rsid w:val="007C5FB6"/>
     <w:rsid w:val="007D1DEA"/>
     <w:rsid w:val="007D235E"/>
     <w:rsid w:val="007D34FB"/>
     <w:rsid w:val="007D4F53"/>
     <w:rsid w:val="007D6C7A"/>
     <w:rsid w:val="007E5E39"/>
     <w:rsid w:val="007E5FC4"/>
     <w:rsid w:val="007E67E8"/>
     <w:rsid w:val="007F0EFD"/>
     <w:rsid w:val="007F10B1"/>
     <w:rsid w:val="007F6775"/>
     <w:rsid w:val="008011F1"/>
     <w:rsid w:val="0080347D"/>
     <w:rsid w:val="00805610"/>
     <w:rsid w:val="008061FC"/>
     <w:rsid w:val="008114AB"/>
     <w:rsid w:val="008205FB"/>
     <w:rsid w:val="00821114"/>
     <w:rsid w:val="00823075"/>
     <w:rsid w:val="0082330B"/>
     <w:rsid w:val="0082417D"/>
     <w:rsid w:val="00825780"/>
+    <w:rsid w:val="00825F18"/>
     <w:rsid w:val="0082676B"/>
     <w:rsid w:val="00830D78"/>
     <w:rsid w:val="008320F9"/>
     <w:rsid w:val="00832178"/>
     <w:rsid w:val="0083234D"/>
     <w:rsid w:val="00833535"/>
     <w:rsid w:val="00833CD4"/>
     <w:rsid w:val="00835020"/>
     <w:rsid w:val="008419B3"/>
     <w:rsid w:val="008421A5"/>
     <w:rsid w:val="008509C2"/>
     <w:rsid w:val="008517BC"/>
     <w:rsid w:val="008615EF"/>
     <w:rsid w:val="00862033"/>
     <w:rsid w:val="00862491"/>
     <w:rsid w:val="00862810"/>
     <w:rsid w:val="00864365"/>
     <w:rsid w:val="00866923"/>
     <w:rsid w:val="00871998"/>
     <w:rsid w:val="00875692"/>
     <w:rsid w:val="008777B0"/>
     <w:rsid w:val="00880153"/>
     <w:rsid w:val="00881078"/>
     <w:rsid w:val="008839C5"/>
     <w:rsid w:val="00885F5D"/>
@@ -28263,50 +28337,51 @@
     <w:rsid w:val="0096143B"/>
     <w:rsid w:val="00964785"/>
     <w:rsid w:val="009662E0"/>
     <w:rsid w:val="0097372C"/>
     <w:rsid w:val="009738DC"/>
     <w:rsid w:val="009738E3"/>
     <w:rsid w:val="00987239"/>
     <w:rsid w:val="00991CD1"/>
     <w:rsid w:val="00993042"/>
     <w:rsid w:val="00994DB9"/>
     <w:rsid w:val="00995E6C"/>
     <w:rsid w:val="00996EAA"/>
     <w:rsid w:val="009972EF"/>
     <w:rsid w:val="009A046B"/>
     <w:rsid w:val="009A0981"/>
     <w:rsid w:val="009A4657"/>
     <w:rsid w:val="009A5A1B"/>
     <w:rsid w:val="009A678C"/>
     <w:rsid w:val="009A6FBE"/>
     <w:rsid w:val="009B7B91"/>
     <w:rsid w:val="009C0B9F"/>
     <w:rsid w:val="009C13CC"/>
     <w:rsid w:val="009C27B5"/>
     <w:rsid w:val="009C3E8B"/>
     <w:rsid w:val="009C4EFB"/>
+    <w:rsid w:val="009D038D"/>
     <w:rsid w:val="009D1AC6"/>
     <w:rsid w:val="009E0118"/>
     <w:rsid w:val="009E357A"/>
     <w:rsid w:val="009E5036"/>
     <w:rsid w:val="009E529B"/>
     <w:rsid w:val="009F329D"/>
     <w:rsid w:val="009F383B"/>
     <w:rsid w:val="009F4B89"/>
     <w:rsid w:val="009F5582"/>
     <w:rsid w:val="00A00625"/>
     <w:rsid w:val="00A02692"/>
     <w:rsid w:val="00A04AB8"/>
     <w:rsid w:val="00A070AD"/>
     <w:rsid w:val="00A1133F"/>
     <w:rsid w:val="00A11E37"/>
     <w:rsid w:val="00A13D34"/>
     <w:rsid w:val="00A1481E"/>
     <w:rsid w:val="00A21660"/>
     <w:rsid w:val="00A222C6"/>
     <w:rsid w:val="00A22CAD"/>
     <w:rsid w:val="00A25CF0"/>
     <w:rsid w:val="00A27B1F"/>
     <w:rsid w:val="00A3161C"/>
     <w:rsid w:val="00A32D89"/>
     <w:rsid w:val="00A34A47"/>
@@ -29915,71 +29990,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4486</Characters>
+  <Pages>1</Pages>
+  <Words>715</Words>
+  <Characters>4507</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Wintercup SPIELPLAN Granulathalle PFRIMMPARK ARENA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5188</CharactersWithSpaces>
+  <CharactersWithSpaces>5212</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Wintercup SPIELPLAN Granulathalle PFRIMMPARK ARENA</dc:title>
   <dc:subject/>
   <dc:creator>Schaudt</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>