--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -965,445 +965,453 @@
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4414DAC9" w14:textId="4099F574" w:rsidR="00F86FB6" w:rsidRPr="00B2720D" w:rsidRDefault="00F31214" w:rsidP="00F86FB6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DJK Mainz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F1A2BC1" w14:textId="3AFC37C3" w:rsidR="00F86FB6" w:rsidRPr="00B2720D" w:rsidRDefault="00F86FB6" w:rsidP="00F86FB6">
+          <w:p w14:paraId="6F1A2BC1" w14:textId="7E184FFD" w:rsidR="00F86FB6" w:rsidRPr="00B2720D" w:rsidRDefault="00B816F9" w:rsidP="00F86FB6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A0D8A0A" w14:textId="479BF0B0" w:rsidR="00F86FB6" w:rsidRPr="00B2720D" w:rsidRDefault="00F31214" w:rsidP="00F86FB6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gentleman Jacks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54759672" w14:textId="14C33ACB" w:rsidR="00F86FB6" w:rsidRPr="00B2720D" w:rsidRDefault="00F31214" w:rsidP="00F86FB6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2530" w:rsidRPr="00B2720D" w14:paraId="7413F4AD" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="7413F4AD" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7186BC84" w14:textId="77777777" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="00B42187" w:rsidP="00B42187">
+          <w:p w14:paraId="7186BC84" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58FAF5F5" w14:textId="77777777" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="00B42187" w:rsidP="00B42187">
+          <w:p w14:paraId="58FAF5F5" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EBAA853" w14:textId="3760F971" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="00B42187" w:rsidP="00B42187">
+          <w:p w14:paraId="2EBAA853" w14:textId="3760F971" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
-            <w:r w:rsidR="00B320C9">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49D83658" w14:textId="77777777" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="00B42187" w:rsidP="00B42187">
+          <w:p w14:paraId="49D83658" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06A99EAC" w14:textId="63499589" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="002D3FF0" w:rsidP="00B42187">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> United</w:t>
+          <w:p w14:paraId="06A99EAC" w14:textId="70194348" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1817 Mainz 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3438D1A6" w14:textId="78DE7AD3" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="00B42187" w:rsidP="00B42187">
+          <w:p w14:paraId="3438D1A6" w14:textId="79C1D2C9" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00B816F9" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1:2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02CFAABF" w14:textId="0102F570" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="002D3FF0" w:rsidP="00B42187">
-[...14 lines deleted...]
-              <w:t>TCL Matchball 2</w:t>
+          <w:p w14:paraId="02CFAABF" w14:textId="223B55D8" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC Promille</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73D601E7" w14:textId="1569F09C" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="002D3FF0" w:rsidP="00B42187">
+          <w:p w14:paraId="73D601E7" w14:textId="45C8CFF0" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Herren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2530" w:rsidRPr="00B2720D" w14:paraId="382FEAC9" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="382FEAC9" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C9E880F" w14:textId="77777777" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="00B42187" w:rsidP="00B42187">
+          <w:p w14:paraId="3C9E880F" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28D680FE" w14:textId="77777777" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="00B42187" w:rsidP="00B42187">
+          <w:p w14:paraId="28D680FE" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="481F4612" w14:textId="77777777" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="00B42187" w:rsidP="00B42187">
+          <w:p w14:paraId="481F4612" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72D00A69" w14:textId="77777777" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="00B42187" w:rsidP="00B42187">
+          <w:p w14:paraId="72D00A69" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="322C513C" w14:textId="56B82E50" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="002D3FF0" w:rsidP="00B42187">
+          <w:p w14:paraId="322C513C" w14:textId="569D84F4" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Puffer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="693544A2" w14:textId="77777777" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="00B42187" w:rsidP="00B42187">
+          <w:p w14:paraId="693544A2" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B96F2E3" w14:textId="1D4C7944" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="002D3FF0" w:rsidP="00B42187">
+          <w:p w14:paraId="3B96F2E3" w14:textId="3273F6FB" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Puffer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28F0C7DB" w14:textId="77777777" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="00B42187" w:rsidP="00B42187">
+          <w:p w14:paraId="28F0C7DB" w14:textId="5E3D91AC" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF2530" w:rsidRPr="00B2720D" w14:paraId="4309A9B3" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="214EECC6" w14:textId="77777777" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="00B42187" w:rsidP="00B42187">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -1543,61 +1551,70 @@
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="242256CF" w14:textId="394CF6A7" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="00603DB0" w:rsidP="000D0564">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Team Feidene</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54690A28" w14:textId="0559A271" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="00B42187" w:rsidP="00B42187">
+          <w:p w14:paraId="54690A28" w14:textId="4C9C93ED" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="00B816F9" w:rsidP="00B42187">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5CB77AE5" w14:textId="210994F7" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="00603DB0" w:rsidP="00B42187">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Return </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
@@ -1621,272 +1638,291 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05F27F48" w14:textId="60855188" w:rsidR="00B42187" w:rsidRPr="00B2720D" w:rsidRDefault="002D3FF0" w:rsidP="00B42187">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Herren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2530" w:rsidRPr="00B2720D" w14:paraId="09D7E982" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="09D7E982" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64C008E0" w14:textId="77777777" w:rsidR="000D0564" w:rsidRPr="00B2720D" w:rsidRDefault="000D0564" w:rsidP="000D0564">
+          <w:p w14:paraId="64C008E0" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="362152D7" w14:textId="77777777" w:rsidR="000D0564" w:rsidRPr="00B2720D" w:rsidRDefault="000D0564" w:rsidP="000D0564">
+          <w:p w14:paraId="362152D7" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3773D74D" w14:textId="77777777" w:rsidR="000D0564" w:rsidRPr="00B2720D" w:rsidRDefault="00FB0532" w:rsidP="000D0564">
+          <w:p w14:paraId="3773D74D" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="000D0564" w:rsidRPr="00B2720D">
+            <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72176C9A" w14:textId="77777777" w:rsidR="000D0564" w:rsidRPr="00B2720D" w:rsidRDefault="00FB0532" w:rsidP="000D0564">
+          <w:p w14:paraId="72176C9A" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07AE42AA" w14:textId="0E489D3E" w:rsidR="000D0564" w:rsidRPr="00B2720D" w:rsidRDefault="002D3FF0" w:rsidP="000D0564">
-[...14 lines deleted...]
-              <w:t>1817 Mainz 2</w:t>
+          <w:p w14:paraId="07AE42AA" w14:textId="0C38C495" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Wonnegau</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> United</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43402AD5" w14:textId="39E968FC" w:rsidR="000D0564" w:rsidRPr="00B2720D" w:rsidRDefault="000D0564" w:rsidP="000D0564">
+          <w:p w14:paraId="43402AD5" w14:textId="58461E78" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00B816F9" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FB7F444" w14:textId="47AD60C9" w:rsidR="000D0564" w:rsidRPr="00B2720D" w:rsidRDefault="002D3FF0" w:rsidP="000D0564">
-[...14 lines deleted...]
-              <w:t>TC Promille</w:t>
+          <w:p w14:paraId="0FB7F444" w14:textId="78DA474A" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TCL Matchball 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F2281BD" w14:textId="681AF78F" w:rsidR="000D0564" w:rsidRPr="00B2720D" w:rsidRDefault="002D3FF0" w:rsidP="000D0564">
+          <w:p w14:paraId="1F2281BD" w14:textId="68EDE6CE" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Herren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2530" w:rsidRPr="00E6558D" w14:paraId="7E6D3960" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00E6558D" w14:paraId="7E6D3960" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B25DC65" w14:textId="77777777" w:rsidR="0059284E" w:rsidRPr="00B2720D" w:rsidRDefault="0059284E" w:rsidP="0059284E">
+          <w:p w14:paraId="3B25DC65" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3684E310" w14:textId="77777777" w:rsidR="0059284E" w:rsidRPr="00B2720D" w:rsidRDefault="0059284E" w:rsidP="0059284E">
+          <w:p w14:paraId="3684E310" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2307A485" w14:textId="77777777" w:rsidR="0059284E" w:rsidRPr="00B2720D" w:rsidRDefault="0059284E" w:rsidP="0059284E">
+          <w:p w14:paraId="2307A485" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
@@ -1898,329 +1934,347 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="773F55A2" w14:textId="77777777" w:rsidR="0059284E" w:rsidRPr="00B2720D" w:rsidRDefault="0059284E" w:rsidP="0059284E">
+          <w:p w14:paraId="773F55A2" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53C52774" w14:textId="412626F1" w:rsidR="0059284E" w:rsidRPr="006E7AA7" w:rsidRDefault="00345145" w:rsidP="0059284E">
+          <w:p w14:paraId="53C52774" w14:textId="412626F1" w:rsidR="0080487F" w:rsidRPr="006E7AA7" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Seesternhagelvoll</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D8773DE" w14:textId="5A389130" w:rsidR="0059284E" w:rsidRPr="006E7AA7" w:rsidRDefault="0059284E" w:rsidP="0059284E">
+          <w:p w14:paraId="4D8773DE" w14:textId="385F260D" w:rsidR="0080487F" w:rsidRPr="006E7AA7" w:rsidRDefault="00B816F9" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2:1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6074E69C" w14:textId="1AA9314F" w:rsidR="0059284E" w:rsidRPr="006E7AA7" w:rsidRDefault="00EF682F" w:rsidP="0059284E">
+          <w:p w14:paraId="6074E69C" w14:textId="1AA9314F" w:rsidR="0080487F" w:rsidRPr="006E7AA7" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Goisemer</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Buwe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FBFDC23" w14:textId="18C72832" w:rsidR="0059284E" w:rsidRPr="009C13CC" w:rsidRDefault="00EF682F" w:rsidP="0059284E">
+          <w:p w14:paraId="7FBFDC23" w14:textId="18C72832" w:rsidR="0080487F" w:rsidRPr="009C13CC" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2530" w:rsidRPr="00B2720D" w14:paraId="04E57B95" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="04E57B95" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F3F1215" w14:textId="77777777" w:rsidR="0059284E" w:rsidRPr="00E6558D" w:rsidRDefault="0059284E" w:rsidP="0059284E">
+          <w:p w14:paraId="3F3F1215" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00E6558D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71A5935B" w14:textId="77777777" w:rsidR="0059284E" w:rsidRPr="00E6558D" w:rsidRDefault="0059284E" w:rsidP="0059284E">
+          <w:p w14:paraId="71A5935B" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00E6558D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78130131" w14:textId="77777777" w:rsidR="0059284E" w:rsidRPr="00B2720D" w:rsidRDefault="0059284E" w:rsidP="0059284E">
+          <w:p w14:paraId="78130131" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C21ADD0" w14:textId="77777777" w:rsidR="0059284E" w:rsidRPr="00B2720D" w:rsidRDefault="0059284E" w:rsidP="0059284E">
+          <w:p w14:paraId="0C21ADD0" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0315C588" w14:textId="261F9558" w:rsidR="0059284E" w:rsidRPr="00B2720D" w:rsidRDefault="00EF682F" w:rsidP="0059284E">
+          <w:p w14:paraId="0315C588" w14:textId="261F9558" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Marc Philippoussis 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75479206" w14:textId="24B12903" w:rsidR="0059284E" w:rsidRPr="00B2720D" w:rsidRDefault="0059284E" w:rsidP="0059284E">
+          <w:p w14:paraId="75479206" w14:textId="77F120BC" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00B816F9" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55B9E30C" w14:textId="3F0AEDEF" w:rsidR="0059284E" w:rsidRPr="00E6558D" w:rsidRDefault="00EF682F" w:rsidP="0059284E">
+          <w:p w14:paraId="55B9E30C" w14:textId="3F0AEDEF" w:rsidR="0080487F" w:rsidRPr="00E6558D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Kurz</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -2243,1096 +2297,1141 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> der </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Notschlachtung</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57481F4C" w14:textId="0F961F7D" w:rsidR="0059284E" w:rsidRPr="00B2720D" w:rsidRDefault="00EF682F" w:rsidP="0059284E">
+          <w:p w14:paraId="57481F4C" w14:textId="0F961F7D" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="31D469ED" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="31D469ED" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72C2B5DA" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="72C2B5DA" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32C76B46" w14:textId="20CBF29C" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="32C76B46" w14:textId="20CBF29C" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18.10.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="276B38AB" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="276B38AB" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5769C299" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="5769C299" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F5B568E" w14:textId="207E63A8" w:rsidR="00DE7BE7" w:rsidRPr="006E7AA7" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="0F5B568E" w14:textId="207E63A8" w:rsidR="0080487F" w:rsidRPr="006E7AA7" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Team Malaga</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E143970" w14:textId="31F8A12E" w:rsidR="00DE7BE7" w:rsidRPr="006E7AA7" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="3E143970" w14:textId="641F6006" w:rsidR="0080487F" w:rsidRPr="006E7AA7" w:rsidRDefault="002A58B2" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2:1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28EC4BD7" w14:textId="2BC1E2AC" w:rsidR="00DE7BE7" w:rsidRPr="006E7AA7" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="28EC4BD7" w14:textId="2BC1E2AC" w:rsidR="0080487F" w:rsidRPr="006E7AA7" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">TC </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kohlheck</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C263BE5" w14:textId="4821B4A1" w:rsidR="00DE7BE7" w:rsidRPr="009C13CC" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="0C263BE5" w14:textId="4821B4A1" w:rsidR="0080487F" w:rsidRPr="009C13CC" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="54F0DE8D" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="54F0DE8D" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CF0899B" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="3CF0899B" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72DBD759" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="72DBD759" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76E15B94" w14:textId="59F16A32" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="76E15B94" w14:textId="59F16A32" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E832C7C" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="3E832C7C" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="494E644B" w14:textId="6F82870B" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="494E644B" w14:textId="6F82870B" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TC GW Neustadt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F6A6384" w14:textId="2059AD65" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="5F6A6384" w14:textId="22B3A9FC" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="002A58B2" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F78A9BB" w14:textId="2920CA2E" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="0F78A9BB" w14:textId="2920CA2E" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Backhand</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Chill</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23141831" w14:textId="45D43572" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="23141831" w14:textId="45D43572" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Herren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="4A7EAC18" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="4A7EAC18" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37969D64" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="37969D64" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2820DAD3" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="2820DAD3" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F778DCC" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="0F778DCC" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="788786F9" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="788786F9" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="025203AF" w14:textId="1F59C5BE" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="025203AF" w14:textId="1F59C5BE" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fluppentruppe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F64028E" w14:textId="707DDCAA" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="1F64028E" w14:textId="2F77EEAB" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="002A58B2" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AC2BAFB" w14:textId="1690AEEB" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="5AC2BAFB" w14:textId="1690AEEB" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MTV Mainz 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B8C2544" w14:textId="1060B705" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="7B8C2544" w14:textId="1060B705" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Herren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="645829B8" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="645829B8" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="789D0170" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="789D0170" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A4D1508" w14:textId="333E3A7A" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="3A4D1508" w14:textId="333E3A7A" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19.10.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A2CAAC0" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="3A2CAAC0" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E9F4F3B" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="5E9F4F3B" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20AF6F37" w14:textId="467CC1F8" w:rsidR="00DE7BE7" w:rsidRPr="006E7AA7" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="20AF6F37" w14:textId="467CC1F8" w:rsidR="0080487F" w:rsidRPr="006E7AA7" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dumm und Dümmer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="054A5039" w14:textId="088503EE" w:rsidR="00DE7BE7" w:rsidRPr="006E7AA7" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="054A5039" w14:textId="0008F72C" w:rsidR="0080487F" w:rsidRPr="006E7AA7" w:rsidRDefault="002A58B2" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2:1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EF459E0" w14:textId="20E2608B" w:rsidR="00DE7BE7" w:rsidRPr="006E7AA7" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="0EF459E0" w14:textId="20E2608B" w:rsidR="0080487F" w:rsidRPr="006E7AA7" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Winterpiper Frostspatzen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F289E92" w14:textId="7B0871AD" w:rsidR="00DE7BE7" w:rsidRPr="009C13CC" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="4F289E92" w14:textId="7B0871AD" w:rsidR="0080487F" w:rsidRPr="009C13CC" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Herren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="4433C073" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="4433C073" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25455A27" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="25455A27" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70A049A1" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="70A049A1" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50359FEC" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="50359FEC" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3444F315" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="3444F315" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="542E3802" w14:textId="10A93578" w:rsidR="00DE7BE7" w:rsidRPr="006E7AA7" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="542E3802" w14:textId="25D6C4D7" w:rsidR="0080487F" w:rsidRPr="006E7AA7" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Michael K und seine „</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Finest</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Selction</w:t>
+              <w:t>Selection</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C27743B" w14:textId="5F2C4798" w:rsidR="00DE7BE7" w:rsidRPr="006E7AA7" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="0C27743B" w14:textId="05CD165F" w:rsidR="0080487F" w:rsidRPr="006E7AA7" w:rsidRDefault="002A58B2" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1:2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60A2A431" w14:textId="4674F29E" w:rsidR="00DE7BE7" w:rsidRPr="006E7AA7" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="60A2A431" w14:textId="4674F29E" w:rsidR="0080487F" w:rsidRPr="006E7AA7" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lambada Jungs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A81E4CF" w14:textId="0F8C6FD1" w:rsidR="00DE7BE7" w:rsidRPr="009C13CC" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="5A81E4CF" w14:textId="0F8C6FD1" w:rsidR="0080487F" w:rsidRPr="009C13CC" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="3BAEEC90" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="3BAEEC90" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="106AE129" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="106AE129" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F4C8C27" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="6F4C8C27" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66A99F17" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="66A99F17" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
@@ -3344,1349 +3443,1412 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="144916FD" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="144916FD" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5303B563" w14:textId="41AA7929" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="5303B563" w14:textId="41AA7929" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Astralkörper</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="505269C3" w14:textId="64295CE2" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="505269C3" w14:textId="3164FAF7" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="002A58B2" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2:1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04B02CAB" w14:textId="5F37F22A" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="04B02CAB" w14:textId="5F37F22A" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TC Hockenheim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75AE52E4" w14:textId="53F909BC" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="75AE52E4" w14:textId="53F909BC" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Herren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="26154375" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="26154375" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40B63458" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="40B63458" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2902DA41" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="2902DA41" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D7BB19F" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="6D7BB19F" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D5A21F0" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="3D5A21F0" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45D4D3B9" w14:textId="3EC71D4A" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="45D4D3B9" w14:textId="3EC71D4A" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Team Jochen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10CB2A64" w14:textId="119FD73D" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="10CB2A64" w14:textId="2667AAAF" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="002A58B2" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5D25EB0F" w14:textId="77BB6E08" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="5D25EB0F" w14:textId="77BB6E08" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TC Klein Winternheim 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12B78926" w14:textId="6C79140D" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="12B78926" w14:textId="6C79140D" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Herren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="77231991" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="77231991" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18C9B261" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="18C9B261" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CCCE2AC" w14:textId="046439DE" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="0CCCE2AC" w14:textId="046439DE" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25.10.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B209323" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="2B209323" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BB97777" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="1BB97777" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3528CA3A" w14:textId="465CD0C6" w:rsidR="00DE7BE7" w:rsidRPr="00B71FDB" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="3528CA3A" w14:textId="465CD0C6" w:rsidR="0080487F" w:rsidRPr="00B71FDB" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">TC </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mörsch</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> KL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78E2DD2C" w14:textId="18DFAA72" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="78E2DD2C" w14:textId="23AACB20" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="006F56DC" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1:2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="324BD37A" w14:textId="007985E3" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="324BD37A" w14:textId="007985E3" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Viernheim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21FCB7C7" w14:textId="49E864A9" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="21FCB7C7" w14:textId="49E864A9" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Herren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="4ABB5B8E" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="4ABB5B8E" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1898CC6F" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="1898CC6F" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38E7826F" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="38E7826F" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2483BA70" w14:textId="4D0C5F93" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="2483BA70" w14:textId="4D0C5F93" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C94138E" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="6C94138E" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07BF299F" w14:textId="0D6EF8F5" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="07BF299F" w14:textId="0D6EF8F5" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TCW H-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BAC7621" w14:textId="29076B86" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="4BAC7621" w14:textId="572ADAD7" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="006F56DC" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="323CA0C3" w14:textId="4F3AE892" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="323CA0C3" w14:textId="4F3AE892" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Inseljungs</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AF02B56" w14:textId="55636049" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="5AF02B56" w14:textId="55636049" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="6FF245E0" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="6FF245E0" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10B44436" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="10B44436" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EA97520" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="6EA97520" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75FF3E97" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="75FF3E97" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C110B55" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="5C110B55" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14ECAC0D" w14:textId="74164130" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="0019391C" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="14ECAC0D" w14:textId="74164130" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TG 65er</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56911EFA" w14:textId="4381E25D" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="56911EFA" w14:textId="5DE26A94" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="006F56DC" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="185E35C3" w14:textId="7CDDB55F" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="0019391C" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="185E35C3" w14:textId="7CDDB55F" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TCO Lorsch</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7141449E" w14:textId="3E140020" w:rsidR="00DE7BE7" w:rsidRPr="005B2AA7" w:rsidRDefault="0019391C" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="7141449E" w14:textId="3E140020" w:rsidR="0080487F" w:rsidRPr="005B2AA7" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>H-60-65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="004877B2" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="004877B2" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C6F928B" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="3C6F928B" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F55B531" w14:textId="45437755" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="1F55B531" w14:textId="45437755" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>26.10.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3614D259" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="3614D259" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57D666FD" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="57D666FD" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5739DCC3" w14:textId="0018C89A" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="0019391C" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="5739DCC3" w14:textId="0018C89A" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bobbeles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Erben</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D71169" w14:textId="4DA74BDA" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="61D71169" w14:textId="260AC6D6" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00E10DE2" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12C3CA8E" w14:textId="78E2ACBA" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="0019391C" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="12C3CA8E" w14:textId="78E2ACBA" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TC Freinsheim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C3E6227" w14:textId="11610579" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="0019391C" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="7C3E6227" w14:textId="11610579" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-60-65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="1FFB3412" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="1FFB3412" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77248F26" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="77248F26" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50949A71" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="50949A71" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FF5D004" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="6FF5D004" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="443A2A08" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="443A2A08" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="066B430F" w14:textId="19C26B91" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="0019391C" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="066B430F" w14:textId="19C26B91" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>24-H Marathon 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BF85B3B" w14:textId="42A7597F" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="5BF85B3B" w14:textId="79B0C59C" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00E10DE2" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1:2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D0DCE5" w14:textId="6D985C05" w:rsidR="00DE7BE7" w:rsidRPr="00B71FDB" w:rsidRDefault="0019391C" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="61D0DCE5" w14:textId="6D985C05" w:rsidR="0080487F" w:rsidRPr="00B71FDB" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Longliner</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ladenburg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24B71DB3" w14:textId="35661195" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="0019391C" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="24B71DB3" w14:textId="35661195" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-60-65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="0ED762D1" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="0ED762D1" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03095A6E" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="03095A6E" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18DED0CE" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="18DED0CE" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36FD3413" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="36FD3413" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
@@ -4698,1365 +4860,1446 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AC38117" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="2AC38117" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="293C0E12" w14:textId="50C5CF74" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="0019391C" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="293C0E12" w14:textId="50C5CF74" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">TC </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dubbeglas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FF4A3A6" w14:textId="777DEAEC" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="7FF4A3A6" w14:textId="7B1ACFFB" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00E10DE2" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="673712B6" w14:textId="1AFBBE6D" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="0019391C" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="673712B6" w14:textId="1AFBBE6D" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Falsche 50er Bobstadt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46D5B040" w14:textId="2E79C4E1" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="0019391C" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="46D5B040" w14:textId="2E79C4E1" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-60-65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="23EDA3B7" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="23EDA3B7" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77F69E0D" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="77F69E0D" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B1A466B" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="4B1A466B" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A0C4DB6" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="4A0C4DB6" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="550E2CF6" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="550E2CF6" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BDFBE26" w14:textId="07F82A90" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="1BDFBE26" w14:textId="07F82A90" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">TC Rehasport </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Leimer</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="718E770B" w14:textId="759A97BE" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="718E770B" w14:textId="5B0B784E" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00E10DE2" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0179C687" w14:textId="5B58A2A6" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="0179C687" w14:textId="5B58A2A6" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slice &amp; Ice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37C1E151" w14:textId="568494D2" w:rsidR="00DE7BE7" w:rsidRPr="009728D4" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="37C1E151" w14:textId="568494D2" w:rsidR="0080487F" w:rsidRPr="009728D4" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="1C00362F" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="1C00362F" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EAE66C3" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="6EAE66C3" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33A94B64" w14:textId="38AB1B9B" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="33A94B64" w14:textId="38AB1B9B" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>01.11.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00BDFB3F" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="00BDFB3F" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="135C510B" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="135C510B" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="579DCC77" w14:textId="39D6BBD0" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="579DCC77" w14:textId="39D6BBD0" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TCL Matchball 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BB9E2C8" w14:textId="0AE7C910" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="5BB9E2C8" w14:textId="3293E419" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00E10DE2" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2:1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="053E0A3F" w14:textId="1D4DC41B" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="053E0A3F" w14:textId="1D4DC41B" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Topspin Youngsters</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="381BC278" w14:textId="66CEEB7D" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="381BC278" w14:textId="66CEEB7D" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Herren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="19A9D89B" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="19A9D89B" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F2B7294" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="4F2B7294" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50D778DF" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="50D778DF" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7544EC6F" w14:textId="27639463" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="7544EC6F" w14:textId="27639463" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="702F4DF7" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="702F4DF7" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61CEEF72" w14:textId="186E2318" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="61CEEF72" w14:textId="186E2318" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">TC Old Boys </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Badenheim</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AC4C5D9" w14:textId="6BB7B5FE" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="5AC4C5D9" w14:textId="51D80108" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00E10DE2" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49E70314" w14:textId="7DDA35F9" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="49E70314" w14:textId="7DDA35F9" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rheinsmashers</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E6DE9A9" w14:textId="2D3685CB" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="3E6DE9A9" w14:textId="2D3685CB" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="7F96DFAB" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="7F96DFAB" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23E76E7A" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="23E76E7A" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="008612B2" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="008612B2" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3287D802" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="3287D802" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2076980D" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="2076980D" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00B3E91B" w14:textId="2BE2A48B" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="00B3E91B" w14:textId="2BE2A48B" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TCL H-40 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11025963" w14:textId="5C722C62" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="11025963" w14:textId="309D7AB6" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00E10DE2" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="222BD903" w14:textId="664EA89F" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="222BD903" w14:textId="664EA89F" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Die Wolken</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07310B9B" w14:textId="0F6C172B" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="07310B9B" w14:textId="0F6C172B" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="6399309F" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="6399309F" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A0FA352" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="5A0FA352" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24F978E7" w14:textId="44C9A461" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="24F978E7" w14:textId="44C9A461" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>02.11.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="119FEFEA" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="119FEFEA" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FC3AE1D" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="3FC3AE1D" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50FB5AA9" w14:textId="2BD7A6F1" w:rsidR="00DE7BE7" w:rsidRPr="00B71FDB" w:rsidRDefault="0019391C" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="50FB5AA9" w14:textId="2BD7A6F1" w:rsidR="0080487F" w:rsidRPr="00B71FDB" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Serve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and Drink</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55D1F436" w14:textId="16A157F1" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="55D1F436" w14:textId="3E03344D" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00E10DE2" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1:2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7292AE41" w14:textId="166FCA1C" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="0019391C" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="7292AE41" w14:textId="166FCA1C" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Holly Buster</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0033F060" w14:textId="434EE233" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="0033F060" w14:textId="434EE233" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="4A791D03" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="4A791D03" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06EB21E0" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="06EB21E0" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="057F55A3" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="057F55A3" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0104F7BB" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="0104F7BB" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36A0662D" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="36A0662D" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="427C8A64" w14:textId="07ED6C2A" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="0019391C" w:rsidP="00DE7BE7">
-[...14 lines deleted...]
-              <w:t>TC Obrigheim</w:t>
+          <w:p w14:paraId="427C8A64" w14:textId="6404ED24" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="006F56DC" w:rsidP="0080487F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Old Boys </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Badenheim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ED5EC8E" w14:textId="31AF0DF9" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="3ED5EC8E" w14:textId="20A0C876" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00E10DE2" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FE0CF57" w14:textId="04145BA0" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="2FE0CF57" w14:textId="04145BA0" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Einhänder</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> United</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E7F0895" w14:textId="35D6E9A7" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="5E7F0895" w14:textId="35D6E9A7" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="4F72E945" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="4F72E945" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="235AD09C" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="235AD09C" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E01C650" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="6E01C650" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5521DC81" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="5521DC81" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
@@ -6068,1360 +6311,1423 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F151B01" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="0F151B01" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37B9BC8C" w14:textId="22E0149D" w:rsidR="00DE7BE7" w:rsidRPr="00B71FDB" w:rsidRDefault="00A4605E" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="37B9BC8C" w14:textId="22E0149D" w:rsidR="0080487F" w:rsidRPr="00B71FDB" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3 Engel für Steffen 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B830FC3" w14:textId="41BE0977" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="6B830FC3" w14:textId="5B02B38F" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00E10DE2" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E00A1EE" w14:textId="57F0C00B" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00A4605E" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="1E00A1EE" w14:textId="57F0C00B" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TCL 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1950E521" w14:textId="1EE210C8" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00A4605E" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="1950E521" w14:textId="1EE210C8" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Damen/D-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="28CC7304" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="28CC7304" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="066BE472" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="066BE472" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74279DDC" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="74279DDC" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EE006D2" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="2EE006D2" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6372708B" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="6372708B" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38545E90" w14:textId="081373DC" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="38545E90" w14:textId="081373DC" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TGV Gipfelstürmer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17BC7A87" w14:textId="6FA2B58F" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="17BC7A87" w14:textId="306600EA" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00E10DE2" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34B55A12" w14:textId="01F264F1" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="34B55A12" w14:textId="01F264F1" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Mr. &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mrs.Pink</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C4D33E4" w14:textId="17A721D9" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="2C4D33E4" w14:textId="17A721D9" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="4B0E26A2" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="4B0E26A2" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46653B57" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="46653B57" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34A25F1C" w14:textId="3FE9D9A5" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="34A25F1C" w14:textId="3FE9D9A5" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>08.11.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54277B3B" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="54277B3B" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09AF59E8" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="09AF59E8" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2718DA19" w14:textId="3C0DE99D" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="006B2A30" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="2718DA19" w14:textId="3C0DE99D" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Macht nix, weiter 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F73A920" w14:textId="6656FF41" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="7F73A920" w14:textId="144C634B" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00A25680" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="132C2BBC" w14:textId="47F275C1" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="006B2A30" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="132C2BBC" w14:textId="47F275C1" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Hesse James</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20968F8F" w14:textId="0FF67F41" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="006B2A30" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="20968F8F" w14:textId="0FF67F41" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w14:paraId="31311D6D" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="31311D6D" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78ECEBD7" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="78ECEBD7" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="342092E3" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="342092E3" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60AFEB00" w14:textId="6D3A3C6B" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="60AFEB00" w14:textId="6D3A3C6B" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57D7455A" w14:textId="77777777" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="57D7455A" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="788C6C2D" w14:textId="5784E6CE" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="006B2A30" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="788C6C2D" w14:textId="5784E6CE" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lachsgiggel</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E1EFC6C" w14:textId="1939B1C1" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="00DE7BE7" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="3E1EFC6C" w14:textId="48781DBA" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00A25680" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1:2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45C6A1A9" w14:textId="3B9615D6" w:rsidR="00DE7BE7" w:rsidRPr="004258A8" w:rsidRDefault="006B2A30" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="45C6A1A9" w14:textId="3B9615D6" w:rsidR="0080487F" w:rsidRPr="004258A8" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Einfach so</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7034B5D8" w14:textId="41CBA1BD" w:rsidR="00DE7BE7" w:rsidRPr="00B2720D" w:rsidRDefault="006B2A30" w:rsidP="00DE7BE7">
+          <w:p w14:paraId="7034B5D8" w14:textId="41CBA1BD" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00565BBC" w:rsidRPr="00B2720D" w14:paraId="2BE7DB32" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="2BE7DB32" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:trPr>
           <w:trHeight w:val="394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44429F1C" w14:textId="77777777" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00565BBC">
+          <w:p w14:paraId="44429F1C" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4ADEDE12" w14:textId="77777777" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00565BBC">
+          <w:p w14:paraId="4ADEDE12" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62FA3DC4" w14:textId="77777777" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00565BBC">
+          <w:p w14:paraId="62FA3DC4" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35207141" w14:textId="77777777" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00565BBC">
+          <w:p w14:paraId="35207141" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38A5976A" w14:textId="2A6E4161" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00565BBC">
+          <w:p w14:paraId="38A5976A" w14:textId="2A6E4161" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DJK Mainz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43AE9E51" w14:textId="7358984E" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00565BBC">
+          <w:p w14:paraId="43AE9E51" w14:textId="04DC8B3F" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00A25680" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CFC56FB" w14:textId="62CEE567" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00565BBC">
+          <w:p w14:paraId="1CFC56FB" w14:textId="62CEE567" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">TCO </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Schorlepezzer</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17A18E96" w14:textId="492FEBAA" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00565BBC">
+          <w:p w14:paraId="17A18E96" w14:textId="492FEBAA" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00565BBC" w:rsidRPr="00B2720D" w14:paraId="20B3507A" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="20B3507A" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78D0EAAC" w14:textId="77777777" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00565BBC">
+          <w:p w14:paraId="78D0EAAC" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01C7BCB4" w14:textId="489B797F" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00565BBC">
+          <w:p w14:paraId="01C7BCB4" w14:textId="489B797F" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09.11.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="669EEE60" w14:textId="77777777" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00565BBC">
+          <w:p w14:paraId="669EEE60" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A2BC06D" w14:textId="77777777" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00565BBC">
+          <w:p w14:paraId="7A2BC06D" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B82077C" w14:textId="7696E1DC" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00565BBC">
+          <w:p w14:paraId="7B82077C" w14:textId="7696E1DC" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Mia </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>san</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="466623D8" w14:textId="79C8AB54" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00565BBC">
+          <w:p w14:paraId="466623D8" w14:textId="4E093D72" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00A25680" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2:1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="577A02CA" w14:textId="2E1D5BD1" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00565BBC">
+          <w:p w14:paraId="577A02CA" w14:textId="2E1D5BD1" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Die Pinguine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EC9D9BE" w14:textId="5F8FE0F2" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00565BBC">
+          <w:p w14:paraId="7EC9D9BE" w14:textId="5F8FE0F2" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00565BBC" w:rsidRPr="00B2720D" w14:paraId="5A3AD30E" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="5A3AD30E" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A2314F1" w14:textId="77777777" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00565BBC">
+          <w:p w14:paraId="1A2314F1" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EE71301" w14:textId="77777777" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00565BBC">
+          <w:p w14:paraId="4EE71301" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11D0E2B6" w14:textId="77777777" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00565BBC">
+          <w:p w14:paraId="11D0E2B6" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15960F53" w14:textId="77777777" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00565BBC">
+          <w:p w14:paraId="15960F53" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38D6A743" w14:textId="127C20CE" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="006B2A30" w:rsidP="00565BBC">
+          <w:p w14:paraId="38D6A743" w14:textId="127C20CE" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Incognito</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DDB9374" w14:textId="23FFF237" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="00565BBC" w:rsidP="00565BBC">
+          <w:p w14:paraId="1DDB9374" w14:textId="2495A1AE" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00A25680" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BB48204" w14:textId="5CD2460B" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="006B2A30" w:rsidP="00565BBC">
+          <w:p w14:paraId="0BB48204" w14:textId="5CD2460B" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Seeheim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26EC81C3" w14:textId="4BB5BA17" w:rsidR="00565BBC" w:rsidRPr="00B2720D" w:rsidRDefault="006B2A30" w:rsidP="00565BBC">
+          <w:p w14:paraId="26EC81C3" w14:textId="4BB5BA17" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D-40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026430C" w:rsidRPr="00B2720D" w14:paraId="0CD46667" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="0CD46667" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DBFA94A" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="1DBFA94A" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CCE3042" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="5CCE3042" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D1E2C8A" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="6D1E2C8A" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
@@ -7433,1394 +7739,1463 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="399F9ECC" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="399F9ECC" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B9BCAE8" w14:textId="414BB3C6" w:rsidR="0026430C" w:rsidRPr="004258A8" w:rsidRDefault="00F93CD0" w:rsidP="0026430C">
+          <w:p w14:paraId="3B9BCAE8" w14:textId="414BB3C6" w:rsidR="0080487F" w:rsidRPr="004258A8" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Aperolis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62C3F51B" w14:textId="34F527B8" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="62C3F51B" w14:textId="36DBC11F" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00A25680" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="129EE9F3" w14:textId="14F4E6BD" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="129EE9F3" w14:textId="14F4E6BD" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pharma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Girls</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7581BA49" w14:textId="5C90963C" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="7581BA49" w14:textId="5C90963C" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D-40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026430C" w:rsidRPr="00B2720D" w14:paraId="1F06DAF9" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="1F06DAF9" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B6935D7" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="4B6935D7" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E434A55" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="1E434A55" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16874E76" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="16874E76" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FD9C574" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="5FD9C574" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4078E302" w14:textId="62421BA6" w:rsidR="0026430C" w:rsidRPr="00B71FDB" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="4078E302" w14:textId="62421BA6" w:rsidR="0080487F" w:rsidRPr="00B71FDB" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Girls </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lörz</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78A9A4D5" w14:textId="3ED8FA11" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="78A9A4D5" w14:textId="20333D29" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00A25680" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1:2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F2568CE" w14:textId="2C8044D6" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="1F2568CE" w14:textId="2C8044D6" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Team PS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79327030" w14:textId="631CAEDF" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="79327030" w14:textId="631CAEDF" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D-40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026430C" w:rsidRPr="00B2720D" w14:paraId="5D35DA05" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="5D35DA05" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="650B4DE8" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="650B4DE8" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DB8BA1C" w14:textId="44AAAE70" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="7DB8BA1C" w14:textId="44AAAE70" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15.11.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32C8B58A" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="32C8B58A" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58E9423A" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="58E9423A" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="079E95C6" w14:textId="1B1E2CC7" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="079E95C6" w14:textId="1B1E2CC7" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gud</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nacht Marie</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69E47337" w14:textId="6DDE97F3" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="69E47337" w14:textId="3BB0DC8A" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00022508" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C24FE36" w14:textId="75966AC5" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="7C24FE36" w14:textId="75966AC5" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Schoppenheimer</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ladies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="323959C6" w14:textId="53C88A6E" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="323959C6" w14:textId="53C88A6E" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D-40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026430C" w:rsidRPr="00B2720D" w14:paraId="1704E245" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="1704E245" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75F9CA87" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="75F9CA87" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0ADB9FA6" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="0ADB9FA6" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2688477F" w14:textId="495E86FE" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="2688477F" w14:textId="495E86FE" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="552BA2B6" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="552BA2B6" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="060DF637" w14:textId="62F84A0D" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="060DF637" w14:textId="62F84A0D" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tiebreak Ladies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60AB4424" w14:textId="362F5814" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="60AB4424" w14:textId="052A31E1" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00022508" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="256200B5" w14:textId="6A3DB740" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="256200B5" w14:textId="6A3DB740" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TC Wiesloch Rauenberg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BC1DB3F" w14:textId="5CAC0CFB" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="3BC1DB3F" w14:textId="5CAC0CFB" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D-40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026430C" w:rsidRPr="00B2720D" w14:paraId="55222E28" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="55222E28" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31693780" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="31693780" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C82F973" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="2C82F973" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37A88359" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="37A88359" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56C3CD9D" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="56C3CD9D" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30B3E989" w14:textId="69F487F3" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="30B3E989" w14:textId="69F487F3" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Crash Test Season 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0112FD06" w14:textId="39830E38" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="0112FD06" w14:textId="0070F2C0" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00022508" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="508170E6" w14:textId="53EB48F2" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="508170E6" w14:textId="20BD9C29" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Damen </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>BoRO</w:t>
+              <w:t>BoR</w:t>
+            </w:r>
+            <w:r w:rsidR="006F56DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10D4F75C" w14:textId="38F53B2C" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="10D4F75C" w14:textId="38F53B2C" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D-40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026430C" w:rsidRPr="00B2720D" w14:paraId="530EC411" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="530EC411" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B51950B" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="1B51950B" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23CF78AD" w14:textId="19750433" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="23CF78AD" w14:textId="19750433" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16.11.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="695548BB" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="695548BB" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07D41D81" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="07D41D81" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F7CA318" w14:textId="1FEF5AEE" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="6F7CA318" w14:textId="1FEF5AEE" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Papa Schlump &amp; Hefti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B89C9A1" w14:textId="3CC6F28C" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="1B89C9A1" w14:textId="12DB850E" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00022508" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1008ED59" w14:textId="555248E9" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="1008ED59" w14:textId="555248E9" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TC Klein-Winternheim 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41862A3A" w14:textId="058B570D" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="41862A3A" w14:textId="058B570D" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Herren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026430C" w:rsidRPr="00B2720D" w14:paraId="578A3AA6" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="578A3AA6" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7884A793" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="7884A793" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="141DA5B8" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="141DA5B8" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="506B4C4C" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="506B4C4C" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F5AF240" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="3F5AF240" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F0C57A5" w14:textId="475D799A" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="1F0C57A5" w14:textId="475D799A" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pinky</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; Brain</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="378B18FA" w14:textId="2D87730C" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="378B18FA" w14:textId="4EB3E90F" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00022508" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2:1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E4A05F6" w14:textId="73C60585" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="6E4A05F6" w14:textId="73C60585" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TC Totalausfall</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28D391B9" w14:textId="4B87588F" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="28D391B9" w14:textId="4B87588F" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Herren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026430C" w:rsidRPr="00B2720D" w14:paraId="1BDEF4E5" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="1BDEF4E5" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CF8E757" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="6CF8E757" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23CFEA2C" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="23CFEA2C" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A574D4F" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="7A574D4F" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
@@ -8832,1329 +9207,1349 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="023DB9CD" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="023DB9CD" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="150DA8BE" w14:textId="235F5011" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="00A4605E" w:rsidP="0026430C">
+          <w:p w14:paraId="150DA8BE" w14:textId="235F5011" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3 Engel für Steffen 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="480F4E80" w14:textId="102422FE" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="480F4E80" w14:textId="584A708E" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00022508" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E436E4D" w14:textId="615C1E33" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="00A4605E" w:rsidP="0026430C">
+          <w:p w14:paraId="0E436E4D" w14:textId="615C1E33" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Die </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Clumsy‘s</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BEB45BB" w14:textId="6CC88C64" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="00A4605E" w:rsidP="0026430C">
+          <w:p w14:paraId="4BEB45BB" w14:textId="6CC88C64" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Damen/D-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026430C" w:rsidRPr="00B2720D" w14:paraId="59AD8127" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="59AD8127" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:trPr>
           <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5365C67D" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="5365C67D" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="027C8653" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="027C8653" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E39DA9E" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="7E39DA9E" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C84CFA6" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="0C84CFA6" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E1EBB3D" w14:textId="16E5F4A2" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="5E1EBB3D" w14:textId="16E5F4A2" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>HüGö</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C020C3E" w14:textId="419515F9" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="5C020C3E" w14:textId="2BD8974F" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00022508" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="559C94BE" w14:textId="0EE6B209" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="559C94BE" w14:textId="0EE6B209" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mainz Bretzenheim 46er</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73031E47" w14:textId="380C9F53" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="73031E47" w14:textId="380C9F53" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026430C" w:rsidRPr="00B2720D" w14:paraId="0F7206DF" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="0F7206DF" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70409CA4" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="70409CA4" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79C639DC" w14:textId="568B2F0C" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="79C639DC" w14:textId="568B2F0C" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22.11.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44A6978B" w14:textId="58BE5624" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="44A6978B" w14:textId="58BE5624" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46109B9E" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="46109B9E" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="062EDA5D" w14:textId="65F76C3C" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="0026430C">
+          <w:p w14:paraId="062EDA5D" w14:textId="65F76C3C" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Schlechtschmetterfront</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E7BCCB8" w14:textId="1E4A8538" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="4E7BCCB8" w14:textId="1E4A8538" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E698BC0" w14:textId="0F53F089" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="0026430C">
+          <w:p w14:paraId="7E698BC0" w14:textId="0F53F089" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gentleman Jacks 2.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32234DF2" w14:textId="77698D7D" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="0026430C">
+          <w:p w14:paraId="32234DF2" w14:textId="77698D7D" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026430C" w:rsidRPr="00B2720D" w14:paraId="3D3ABE93" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="3D3ABE93" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="247E5734" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="247E5734" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DE43697" w14:textId="77777777" w:rsidR="0026430C" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="1DE43697" w14:textId="77777777" w:rsidR="0080487F" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="570F0A62" w14:textId="6B31CE08" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="570F0A62" w14:textId="6B31CE08" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="770E2F09" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="770E2F09" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="762F5983" w14:textId="320724DD" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="0026430C">
+          <w:p w14:paraId="762F5983" w14:textId="320724DD" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MTV Mainz 1817</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1189F080" w14:textId="3856C316" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="1189F080" w14:textId="3856C316" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73DC265A" w14:textId="61CC5E37" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="0026430C">
+          <w:p w14:paraId="73DC265A" w14:textId="61CC5E37" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Marc Philippoussis 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FB85250" w14:textId="61D203FB" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="0026430C">
+          <w:p w14:paraId="5FB85250" w14:textId="61D203FB" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026430C" w:rsidRPr="00B2720D" w14:paraId="617559BB" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="617559BB" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:trPr>
           <w:trHeight w:val="545"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11ADDC61" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="11ADDC61" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55EC39F2" w14:textId="77777777" w:rsidR="0026430C" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="55EC39F2" w14:textId="77777777" w:rsidR="0080487F" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6277E868" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="6277E868" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D1BC269" w14:textId="77777777" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="2D1BC269" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CFE0DD0" w14:textId="291FA574" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="00897AE0" w:rsidP="0026430C">
+          <w:p w14:paraId="1CFE0DD0" w14:textId="291FA574" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>KaHo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5964ABF8" w14:textId="3F0D70B1" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="0026430C" w:rsidP="0026430C">
+          <w:p w14:paraId="5964ABF8" w14:textId="3F0D70B1" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="062626E8" w14:textId="469F2B85" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="00897AE0" w:rsidP="0026430C">
+          <w:p w14:paraId="062626E8" w14:textId="469F2B85" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Return </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Riesling</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00AF55A5" w14:textId="14782CE4" w:rsidR="0026430C" w:rsidRPr="00B2720D" w:rsidRDefault="00897AE0" w:rsidP="0026430C">
+          <w:p w14:paraId="00AF55A5" w14:textId="14782CE4" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Herren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="6AE6DC19" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="6AE6DC19" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E003D03" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6E003D03" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A319ED8" w14:textId="638C999C" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1A319ED8" w14:textId="638C999C" w:rsidR="0080487F" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>23.11.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA77698" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7CA77698" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F7D92EA" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3F7D92EA" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F79F1D9" w14:textId="20BF8AFB" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4F79F1D9" w14:textId="20BF8AFB" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Stopp &amp; Lob</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="143FFFAE" w14:textId="630F1D7D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="143FFFAE" w14:textId="630F1D7D" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="764074A0" w14:textId="724D622A" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="764074A0" w14:textId="724D622A" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MTV Mainz 1817 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21C703BB" w14:textId="42215A17" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="21C703BB" w14:textId="42215A17" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Herren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="1850D825" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="1850D825" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="359689A4" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="359689A4" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B2B3B68" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6B2B3B68" w14:textId="77777777" w:rsidR="0080487F" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7492F505" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7492F505" w14:textId="77777777" w:rsidR="0080487F" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44CEC4EA" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="44CEC4EA" w14:textId="77777777" w:rsidR="0080487F" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B6527D6" w14:textId="5823FADB" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4B6527D6" w14:textId="5823FADB" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>LADYS Plus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02B62CFD" w14:textId="6B02A326" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="02B62CFD" w14:textId="6B02A326" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21E89D22" w14:textId="345B3D9E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="21E89D22" w14:textId="345B3D9E" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Team Happy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73E0F62B" w14:textId="20A73FB0" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="73E0F62B" w14:textId="20A73FB0" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D-55-65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="10BCBA1F" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="10BCBA1F" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7080B51E" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7080B51E" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14B12A26" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="14B12A26" w14:textId="77777777" w:rsidR="0080487F" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BAABD28" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6BAABD28" w14:textId="77777777" w:rsidR="0080487F" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
@@ -10166,1196 +10561,1336 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1027A111" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1027A111" w14:textId="77777777" w:rsidR="0080487F" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B5AD4A1" w14:textId="2864B3C7" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5B5AD4A1" w14:textId="2864B3C7" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ballwechseljahre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="469BFAF5" w14:textId="6D2CD258" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="469BFAF5" w14:textId="6D2CD258" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68F75401" w14:textId="3A51B468" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="68F75401" w14:textId="3A51B468" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Herzen auf dem Court</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="735EA3BF" w14:textId="6B82CED3" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="735EA3BF" w14:textId="6B82CED3" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D-50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="2093258D" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="2093258D" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="333CE1BF" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="333CE1BF" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41AD35DA" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="41AD35DA" w14:textId="77777777" w:rsidR="0080487F" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CF7C164" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2CF7C164" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37C2E0F6" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="37C2E0F6" w14:textId="77777777" w:rsidR="0080487F" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A3D09B8" w14:textId="30A067D0" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4A3D09B8" w14:textId="30A067D0" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fluppentruppe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22AAB535" w14:textId="72B5D579" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="22AAB535" w14:textId="72B5D579" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09F6722C" w14:textId="63F6D270" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="09F6722C" w14:textId="63F6D270" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Astralkörper</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E86B323" w14:textId="76BA1D7D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4E86B323" w14:textId="76BA1D7D" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Herren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="48FAF30B" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0080487F" w:rsidRPr="00B2720D" w14:paraId="48FAF30B" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="481451E9" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="481451E9" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E97409E" w14:textId="776C4D2B" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4E97409E" w14:textId="776C4D2B" w:rsidR="0080487F" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>29.11.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B96D999" w14:textId="7DA52710" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1B96D999" w14:textId="7DA52710" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05268127" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="05268127" w14:textId="77777777" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31355BFB" w14:textId="18C660A4" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="31355BFB" w14:textId="3F25AF6B" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="0080487F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Junior Whopper</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67168978" w14:textId="62134837" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="67168978" w14:textId="62134837" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66A49FE7" w14:textId="4B6E5081" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="66A49FE7" w14:textId="11F6106B" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="0080487F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dumm und Dümmer</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54973C8E" w14:textId="05A8BC5C" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="54973C8E" w14:textId="14402A73" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="0080487F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Herren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="101D8F5B" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="00C6524F" w:rsidRPr="00B2720D" w14:paraId="101D8F5B" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E4AD692" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5E4AD692" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78167641" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="78167641" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10C385F1" w14:textId="278FBBE0" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="10C385F1" w14:textId="278FBBE0" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37F61870" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="37F61870" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="771448C4" w14:textId="4A8FC383" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="771448C4" w14:textId="15B4758E" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TG Oldies 65</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60387D5D" w14:textId="0AC1DEDF" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="60387D5D" w14:textId="0AC1DEDF" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="722E43DB" w14:textId="0D763452" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="722E43DB" w14:textId="470E9670" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oldenbach</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rackets</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73EE180D" w14:textId="354EC9CC" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="73EE180D" w14:textId="15AE15F7" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-60-65</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="79F1A77E" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="00C6524F" w:rsidRPr="00B2720D" w14:paraId="79F1A77E" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5911476F" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5911476F" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06EE6211" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="06EE6211" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0234D981" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0234D981" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4088ED99" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4088ED99" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="600FE837" w14:textId="40A4A768" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="600FE837" w14:textId="5C1F75F7" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00B23FBB" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Die Furchtlosen</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D4C6A75" w14:textId="7575BB70" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5D4C6A75" w14:textId="7575BB70" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="579CFA98" w14:textId="084C62C4" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="579CFA98" w14:textId="7929EA4B" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00B23FBB" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Netzroller</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C468F3B" w14:textId="2AA06FAD" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3C468F3B" w14:textId="0B0EAA41" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00B23FBB" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="5D222038" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="00C6524F" w:rsidRPr="00B2720D" w14:paraId="5D222038" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46B37D8A" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="46B37D8A" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EE3FF35" w14:textId="00BE6893" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6EE3FF35" w14:textId="00BE6893" w:rsidR="00C6524F" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30.11.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BC2798F" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3BC2798F" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EBE2C9B" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2EBE2C9B" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50C1FEFD" w14:textId="22AC7056" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="50C1FEFD" w14:textId="1D70D3EF" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="0029148C" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Viernheim</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D601118" w14:textId="158822D1" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3D601118" w14:textId="158822D1" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="297C8FC0" w14:textId="07B71408" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="297C8FC0" w14:textId="732C782C" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="0029148C" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TCL 2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AA37DE9" w14:textId="67E90E25" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2AA37DE9" w14:textId="467074D8" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="0029148C" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Herren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="1A49C6C3" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="00C6524F" w:rsidRPr="00B2720D" w14:paraId="1A49C6C3" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="013AF69D" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="013AF69D" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E139896" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4E139896" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60D18B22" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="60D18B22" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D37815" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="61D37815" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08B2AA94" w14:textId="0D575E71" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="08B2AA94" w14:textId="42D0CF4B" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="0029148C" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SV </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Rotamint</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4946A74A" w14:textId="5C9CFB09" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4946A74A" w14:textId="5C9CFB09" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="368C8C36" w14:textId="4C5E66DD" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="368C8C36" w14:textId="79910ADE" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="0029148C" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Topspin Youngsters</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48EBD4A6" w14:textId="72D09A86" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="48EBD4A6" w14:textId="3266853C" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="0029148C" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Herren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="6D19FF90" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="00C6524F" w:rsidRPr="00B2720D" w14:paraId="6D19FF90" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B5AF43E" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1B5AF43E" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B58BA5B" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0B58BA5B" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65F1E1A4" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="65F1E1A4" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
@@ -11367,1146 +11902,1392 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B6A2D58" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0B6A2D58" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="035A3781" w14:textId="6900AC36" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="035A3781" w14:textId="0A641690" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00B23FBB" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Die </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Inseljungs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="370FFB9F" w14:textId="7648FC36" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="370FFB9F" w14:textId="7648FC36" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B34DF98" w14:textId="6BCEC42E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7B34DF98" w14:textId="3D0DF8F8" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00B23FBB" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Die Muskelkaters</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3672CC72" w14:textId="47C4F4E6" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3672CC72" w14:textId="608A206D" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00B23FBB" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="0C3E2B1A" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="00C6524F" w:rsidRPr="00B2720D" w14:paraId="0C3E2B1A" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="196E2276" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="196E2276" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="312CD91E" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="312CD91E" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20921BFB" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="20921BFB" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20483BFC" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="20483BFC" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E31F72F" w14:textId="20EBFF4E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0E31F72F" w14:textId="7BADA030" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Head Hunter</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DE4883D" w14:textId="52C66A61" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2DE4883D" w14:textId="52C66A61" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="334B4E8C" w14:textId="59DB728D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="334B4E8C" w14:textId="4F37BCA3" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bench </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>please</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B112826" w14:textId="69F3FCE2" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6B112826" w14:textId="50F34948" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Herren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="751227F3" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="00C6524F" w:rsidRPr="00B2720D" w14:paraId="751227F3" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48082A22" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="48082A22" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C454233" w14:textId="5EB86306" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7C454233" w14:textId="5EB86306" w:rsidR="00C6524F" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>06.12.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0809954B" w14:textId="2C3BF55B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0809954B" w14:textId="2C3BF55B" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72B10DF9" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="72B10DF9" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D71FE59" w14:textId="0791FBF6" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0D71FE59" w14:textId="474D8FE4" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C86A31" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TC Old Boys </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Badenheim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69375D98" w14:textId="695BF34F" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="69375D98" w14:textId="695BF34F" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C0E7214" w14:textId="18AE14AD" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0C0E7214" w14:textId="3B249394" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C86A31" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC Obrigheim</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="213B2549" w14:textId="5039686E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="213B2549" w14:textId="6158C8C1" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C86A31" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="3CE7BE64" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="00C6524F" w:rsidRPr="00B2720D" w14:paraId="3CE7BE64" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54938B97" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="54938B97" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B5EF281" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3B5EF281" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4489FFC0" w14:textId="0DD72306" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4489FFC0" w14:textId="0DD72306" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D254E20" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7D254E20" w14:textId="77777777" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B33189D" w14:textId="576131C6" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1B33189D" w14:textId="3D2781B6" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Weinberg Asse</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12440399" w14:textId="25630375" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="12440399" w14:textId="25630375" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="564ABFC6" w14:textId="067BD32E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="564ABFC6" w14:textId="2FFE0556" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rolling Stones </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Reloaded</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CABFBCE" w14:textId="4568273E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0CABFBCE" w14:textId="12671F65" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00C6524F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="2A031233" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="00C86A31" w:rsidRPr="00B2720D" w14:paraId="2A031233" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="217FD0C8" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="217FD0C8" w14:textId="77777777" w:rsidR="00C86A31" w:rsidRPr="00B2720D" w:rsidRDefault="00C86A31" w:rsidP="00C86A31">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F7942F3" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3F7942F3" w14:textId="77777777" w:rsidR="00C86A31" w:rsidRDefault="00C86A31" w:rsidP="00C86A31">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A0A4A42" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2A0A4A42" w14:textId="77777777" w:rsidR="00C86A31" w:rsidRPr="00B2720D" w:rsidRDefault="00C86A31" w:rsidP="00C86A31">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67CF819E" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="67CF819E" w14:textId="77777777" w:rsidR="00C86A31" w:rsidRPr="00B2720D" w:rsidRDefault="00C86A31" w:rsidP="00C86A31">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EAC7AB8" w14:textId="0AA4E33F" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1EAC7AB8" w14:textId="3340CA80" w:rsidR="00C86A31" w:rsidRPr="00B2720D" w:rsidRDefault="00C86A31" w:rsidP="00C86A31">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Serve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; Drink</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59ECA308" w14:textId="36698F22" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="59ECA308" w14:textId="36698F22" w:rsidR="00C86A31" w:rsidRPr="00B2720D" w:rsidRDefault="00C86A31" w:rsidP="00C86A31">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="663760F7" w14:textId="46BF5D42" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="663760F7" w14:textId="1F045B55" w:rsidR="00C86A31" w:rsidRPr="00B2720D" w:rsidRDefault="00C86A31" w:rsidP="00C86A31">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TCL H-40 2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="758FD59E" w14:textId="47B642D9" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="758FD59E" w14:textId="053081C2" w:rsidR="00C86A31" w:rsidRPr="00B2720D" w:rsidRDefault="00C86A31" w:rsidP="00C86A31">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="354B326F" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="00C86A31" w:rsidRPr="00B2720D" w14:paraId="354B326F" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52DDF57C" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="52DDF57C" w14:textId="77777777" w:rsidR="00C86A31" w:rsidRPr="00B2720D" w:rsidRDefault="00C86A31" w:rsidP="00C86A31">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="281F706A" w14:textId="5636BEB7" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="281F706A" w14:textId="5636BEB7" w:rsidR="00C86A31" w:rsidRDefault="00C86A31" w:rsidP="00C86A31">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>07.12.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5928483B" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5928483B" w14:textId="77777777" w:rsidR="00C86A31" w:rsidRPr="00B2720D" w:rsidRDefault="00C86A31" w:rsidP="00C86A31">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7967E256" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7967E256" w14:textId="77777777" w:rsidR="00C86A31" w:rsidRPr="00B2720D" w:rsidRDefault="00C86A31" w:rsidP="00C86A31">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2162F475" w14:textId="3C16D85C" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2162F475" w14:textId="7A23F00D" w:rsidR="00C86A31" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00C86A31">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Big Green Bretzenheim</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C48DFAD" w14:textId="2FE9EC31" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6C48DFAD" w14:textId="2FE9EC31" w:rsidR="00C86A31" w:rsidRPr="00B2720D" w:rsidRDefault="00C86A31" w:rsidP="00C86A31">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42B9F25F" w14:textId="72AE9DD5" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="42B9F25F" w14:textId="6FE9B3A8" w:rsidR="00C86A31" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00C86A31">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mr.&amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mrs.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pink</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72941088" w14:textId="362F6A0E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="72941088" w14:textId="134ACEC5" w:rsidR="00C86A31" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00C86A31">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="6F900594" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="00160553" w:rsidRPr="00B2720D" w14:paraId="6F900594" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20DA9E13" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="20DA9E13" w14:textId="77777777" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00160553">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DEEF8E5" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7DEEF8E5" w14:textId="77777777" w:rsidR="00160553" w:rsidRDefault="00160553" w:rsidP="00160553">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53CF59A8" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="53CF59A8" w14:textId="77777777" w:rsidR="00160553" w:rsidRDefault="00160553" w:rsidP="00160553">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54AF7498" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="54AF7498" w14:textId="77777777" w:rsidR="00160553" w:rsidRDefault="00160553" w:rsidP="00160553">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A18E101" w14:textId="51CB0638" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6A18E101" w14:textId="744C1237" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00160553">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SA-T-AN</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="577CD1E2" w14:textId="1C85BDB2" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="577CD1E2" w14:textId="1C85BDB2" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00160553">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A8CA1DE" w14:textId="537722FA" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6A8CA1DE" w14:textId="2563BD18" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00160553">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Die Wolken</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="302AA887" w14:textId="54047227" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="302AA887" w14:textId="7E5A17F5" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00160553">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="7F852BE0" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="00160553" w:rsidRPr="00B2720D" w14:paraId="7F852BE0" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0332E3FF" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0332E3FF" w14:textId="77777777" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00160553">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52617066" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="52617066" w14:textId="77777777" w:rsidR="00160553" w:rsidRDefault="00160553" w:rsidP="00160553">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F21CCD3" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7F21CCD3" w14:textId="77777777" w:rsidR="00160553" w:rsidRDefault="00160553" w:rsidP="00160553">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
@@ -12518,1146 +13299,1344 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EBBAE57" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4EBBAE57" w14:textId="77777777" w:rsidR="00160553" w:rsidRDefault="00160553" w:rsidP="00160553">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="111C2AD5" w14:textId="4654518C" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="111C2AD5" w14:textId="2D1E64F7" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="006D30B5" w:rsidP="00160553">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Backhand</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Chill</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00A3DE16" w14:textId="2D202C68" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="00A3DE16" w14:textId="2D202C68" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00160553">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="298BA804" w14:textId="74BA60CA" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="298BA804" w14:textId="5334338C" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="006D30B5" w:rsidP="00160553">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1817 Mainz 2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DB979DE" w14:textId="499C1E8E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6DB979DE" w14:textId="177E080B" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="006D30B5" w:rsidP="00160553">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Herren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="066352D2" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="00160553" w:rsidRPr="00B2720D" w14:paraId="066352D2" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32F11A1A" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="32F11A1A" w14:textId="77777777" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00160553">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6683164F" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6683164F" w14:textId="77777777" w:rsidR="00160553" w:rsidRDefault="00160553" w:rsidP="00160553">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DFBBDC0" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4DFBBDC0" w14:textId="77777777" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00160553">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DAB3B8D" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4DAB3B8D" w14:textId="77777777" w:rsidR="00160553" w:rsidRDefault="00160553" w:rsidP="00160553">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D187108" w14:textId="56378724" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3D187108" w14:textId="4EB2092F" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="00C03DBE" w:rsidP="00160553">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24-MArathon</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DB50D74" w14:textId="607A7DC3" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6DB50D74" w14:textId="607A7DC3" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00160553">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55D21B44" w14:textId="2BC93171" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="55D21B44" w14:textId="4D1288BF" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="00C03DBE" w:rsidP="00160553">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Falsche 50er Bobstadt</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="786CF0EB" w14:textId="054D0601" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="786CF0EB" w14:textId="257AA7D7" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="00C03DBE" w:rsidP="00160553">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-60-65</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="129DBB5D" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="00160553" w:rsidRPr="00B2720D" w14:paraId="129DBB5D" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B6D080D" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2B6D080D" w14:textId="77777777" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00160553">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10DA9253" w14:textId="4F180634" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="10DA9253" w14:textId="4F180634" w:rsidR="00160553" w:rsidRDefault="00160553" w:rsidP="00160553">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13.12.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C2C2516" w14:textId="3B3322B2" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2C2C2516" w14:textId="3B3322B2" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00160553">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="349799E7" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="349799E7" w14:textId="77777777" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00160553">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36F815C0" w14:textId="6EE88505" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="36F815C0" w14:textId="42DCC88C" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00160553">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ballverliebt</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="666730A1" w14:textId="129B67C4" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="666730A1" w14:textId="129B67C4" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00160553">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC16E13" w14:textId="2B486019" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1FC16E13" w14:textId="2B067907" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00160553">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Crazy Ducks</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AA8A3B8" w14:textId="76EC14B9" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5AA8A3B8" w14:textId="325DD70A" w:rsidR="00160553" w:rsidRPr="00B2720D" w:rsidRDefault="00160553" w:rsidP="00160553">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="52A5D91E" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="00FC614A" w:rsidRPr="00B2720D" w14:paraId="52A5D91E" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48299961" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="48299961" w14:textId="77777777" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EEDF9B9" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7EEDF9B9" w14:textId="77777777" w:rsidR="00FC614A" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A922619" w14:textId="41D9225C" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0A922619" w14:textId="41D9225C" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23CC322C" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="23CC322C" w14:textId="77777777" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BAD9873" w14:textId="248853DF" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6BAD9873" w14:textId="6DF16695" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Macht nix, weiter 1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DBE6524" w14:textId="70EF39C6" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7DBE6524" w14:textId="70EF39C6" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C3B0F8A" w14:textId="69440135" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0C3B0F8A" w14:textId="60F94781" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC Neckar Ilvesheim</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50CFE58B" w14:textId="59E3FE88" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="50CFE58B" w14:textId="563916EC" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="24A62636" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="00FC614A" w:rsidRPr="00B2720D" w14:paraId="24A62636" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F8722A6" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3F8722A6" w14:textId="77777777" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E491079" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3E491079" w14:textId="77777777" w:rsidR="00FC614A" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1409C774" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1409C774" w14:textId="77777777" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56356A48" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="56356A48" w14:textId="77777777" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A3B2E63" w14:textId="185373AA" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5A3B2E63" w14:textId="76212A0F" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TCO Lorsch</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B6F6AD3" w14:textId="200B8FEB" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2B6F6AD3" w14:textId="200B8FEB" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C61F8D7" w14:textId="1D065E11" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6C61F8D7" w14:textId="4BC55CF4" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TC </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Feinsheim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0594484B" w14:textId="1AA89507" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0594484B" w14:textId="200D70BF" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-60-65</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="226B857A" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="00FC614A" w:rsidRPr="00B2720D" w14:paraId="226B857A" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1514AB9A" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1514AB9A" w14:textId="77777777" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5507FF72" w14:textId="53A41216" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5507FF72" w14:textId="53A41216" w:rsidR="00FC614A" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14.12.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EDFA3B6" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2EDFA3B6" w14:textId="77777777" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54985B27" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="54985B27" w14:textId="77777777" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73EDBF6E" w14:textId="7C9C45C7" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="73EDBF6E" w14:textId="5C6F5F23" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Headhunter</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02D5DE1E" w14:textId="2964018D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="02D5DE1E" w14:textId="2964018D" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61B6E1D0" w14:textId="54891128" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="61B6E1D0" w14:textId="49A6A78A" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Team Jochen</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4001DC41" w14:textId="5069FD6A" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4001DC41" w14:textId="45175EC3" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Herren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="2BD4F527" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="00FC614A" w:rsidRPr="00B2720D" w14:paraId="2BD4F527" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11EC6753" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="11EC6753" w14:textId="77777777" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35449200" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="35449200" w14:textId="77777777" w:rsidR="00FC614A" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22A1E258" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="22A1E258" w14:textId="77777777" w:rsidR="00FC614A" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3775035D" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3775035D" w14:textId="77777777" w:rsidR="00FC614A" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F0EE5DF" w14:textId="1A80C22E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1F0EE5DF" w14:textId="3D736F3E" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC Hockenheim</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="199562BF" w14:textId="026C9445" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="199562BF" w14:textId="026C9445" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12F9FED9" w14:textId="122DCF0B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="12F9FED9" w14:textId="107F63CF" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Die Olafs</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BB28CEC" w14:textId="0D2BBD7A" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1BB28CEC" w14:textId="0224BE37" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Damen/D-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="0163B9F6" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="00FC614A" w:rsidRPr="00B2720D" w14:paraId="0163B9F6" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23CDB495" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="23CDB495" w14:textId="77777777" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="259582AF" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="259582AF" w14:textId="77777777" w:rsidR="00FC614A" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73C34325" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="73C34325" w14:textId="77777777" w:rsidR="00FC614A" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
@@ -13669,1147 +14648,1329 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24F3DEE6" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="24F3DEE6" w14:textId="77777777" w:rsidR="00FC614A" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ABAEC28" w14:textId="1FE1A328" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3ABAEC28" w14:textId="707E8DD6" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HüGö</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="300282C3" w14:textId="7AC62E0D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="300282C3" w14:textId="7AC62E0D" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B5F5093" w14:textId="58A63182" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6B5F5093" w14:textId="1E1A3F69" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>New Ysenburg</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42A2FA28" w14:textId="6210AF5C" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="42A2FA28" w14:textId="2F3F125E" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="57D29B3B" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="00FC614A" w:rsidRPr="00B2720D" w14:paraId="57D29B3B" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69E1B548" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="69E1B548" w14:textId="77777777" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12F47DBA" w14:textId="70ED4819" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="12F47DBA" w14:textId="70ED4819" w:rsidR="00FC614A" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4887FD18" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4887FD18" w14:textId="77777777" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24056839" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="24056839" w14:textId="77777777" w:rsidR="00FC614A" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E7C18C3" w14:textId="777E6465" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7E7C18C3" w14:textId="7BF44E7B" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC Klein Winternheim 2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79CEEAAC" w14:textId="76640E1D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="79CEEAAC" w14:textId="76640E1D" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="120DAFD0" w14:textId="2E3D07E1" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="120DAFD0" w14:textId="29228D81" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bench </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>please</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="321E849F" w14:textId="3524458C" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="321E849F" w14:textId="59634511" w:rsidR="00FC614A" w:rsidRPr="00B2720D" w:rsidRDefault="00FC614A" w:rsidP="00FC614A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Herren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="344F7733" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="008672EC" w:rsidRPr="00B2720D" w14:paraId="344F7733" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="459A0D9C" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="459A0D9C" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4208F815" w14:textId="11340996" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4208F815" w14:textId="11340996" w:rsidR="008672EC" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20.12.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D22125F" w14:textId="4CBB85E2" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6D22125F" w14:textId="4CBB85E2" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F27B10F" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4F27B10F" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40C071AD" w14:textId="3B161B12" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="40C071AD" w14:textId="157ADFED" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DJK Mainz </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31D5E2E6" w14:textId="5DEBD34D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="31D5E2E6" w14:textId="5DEBD34D" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="756E5E5A" w14:textId="46DE6C41" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="756E5E5A" w14:textId="25ED528D" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Rheinsmashers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2626A9DE" w14:textId="4B8CDFA1" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2626A9DE" w14:textId="1C84C1B1" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="0582593B" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="008672EC" w:rsidRPr="00B2720D" w14:paraId="0582593B" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="679CB94A" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="679CB94A" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="027D3CF4" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="027D3CF4" w14:textId="77777777" w:rsidR="008672EC" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="199813CA" w14:textId="495D7010" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="199813CA" w14:textId="495D7010" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A3BFA3C" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7A3BFA3C" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69FBB612" w14:textId="2B2DEDAA" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="69FBB612" w14:textId="1E70431E" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Hesse James</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7884CE7E" w14:textId="1AFE5C76" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7884CE7E" w14:textId="1AFE5C76" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19F29E94" w14:textId="5A19632B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="19F29E94" w14:textId="0D9F36C2" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TGV Old but Gold</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BBA4F56" w14:textId="766C002C" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0BBA4F56" w14:textId="1B845030" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-55</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="2996063F" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="008672EC" w:rsidRPr="00B2720D" w14:paraId="2996063F" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74A5EEBE" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="74A5EEBE" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CC4E5B6" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1CC4E5B6" w14:textId="77777777" w:rsidR="008672EC" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48AD462B" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="48AD462B" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A69AB4D" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3A69AB4D" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02DD6DFC" w14:textId="0C69F814" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="02DD6DFC" w14:textId="17C542AB" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TCO Weizenbier</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03D11B31" w14:textId="48C36E44" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="03D11B31" w14:textId="48C36E44" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="080CD497" w14:textId="1C036196" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="080CD497" w14:textId="5184E472" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Macht nix, weiter 2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F444849" w14:textId="284F8C46" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6F444849" w14:textId="0EDCC487" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-55</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="5CBB6517" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="008672EC" w:rsidRPr="00B2720D" w14:paraId="5CBB6517" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B7A56DB" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7B7A56DB" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F6303B3" w14:textId="56B3BCE6" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1F6303B3" w14:textId="56B3BCE6" w:rsidR="008672EC" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21.12.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3491B27C" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3491B27C" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54790B53" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="54790B53" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42B4458B" w14:textId="668D6F66" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="42B4458B" w14:textId="1C0DFACB" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 Engel für Steffen 1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18DCCFE6" w14:textId="4915DB5E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="18DCCFE6" w14:textId="4915DB5E" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A205B55" w14:textId="585ED4C8" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6A205B55" w14:textId="07743E7F" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Return Sisters</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="765CAF3B" w14:textId="0EC52FAD" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="765CAF3B" w14:textId="4834A01B" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Damen/D-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="5209D8C1" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="008672EC" w:rsidRPr="00B2720D" w14:paraId="5209D8C1" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C220A89" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1C220A89" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60FAE1D0" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="60FAE1D0" w14:textId="77777777" w:rsidR="008672EC" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13B5E3AC" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="13B5E3AC" w14:textId="77777777" w:rsidR="008672EC" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43EC01AB" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="43EC01AB" w14:textId="77777777" w:rsidR="008672EC" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5008E233" w14:textId="3AAC345E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5008E233" w14:textId="7FDB519A" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Junior Whopper</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FDA99A3" w14:textId="683B0142" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7FDA99A3" w14:textId="683B0142" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0044FDA0" w14:textId="5AF79C7B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0044FDA0" w14:textId="0910446E" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Winterpiper Frostspatzen</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71C29CE4" w14:textId="3DC2B5F2" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="71C29CE4" w14:textId="78ADACE7" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Herren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="5E5CCBD9" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="008672EC" w:rsidRPr="00B2720D" w14:paraId="5E5CCBD9" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ECD4AFD" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5ECD4AFD" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04C2B4D0" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="04C2B4D0" w14:textId="77777777" w:rsidR="008672EC" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C9F4E6E" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3C9F4E6E" w14:textId="77777777" w:rsidR="008672EC" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
@@ -14821,1338 +15982,1592 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="469094A6" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="469094A6" w14:textId="77777777" w:rsidR="008672EC" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33A3711B" w14:textId="3B66DEFA" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="33A3711B" w14:textId="1BC09B4E" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TC Old Boys </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Badenheim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2036F99E" w14:textId="717BF4AF" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2036F99E" w14:textId="717BF4AF" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7812EFF2" w14:textId="7B61C97F" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7812EFF2" w14:textId="26C14FCF" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gentleman </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jack‘s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="098C170C" w14:textId="71CAE44C" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="098C170C" w14:textId="0D7F83B7" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="7BA4E9F9" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="008672EC" w:rsidRPr="00B2720D" w14:paraId="7BA4E9F9" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29052F48" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="29052F48" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46F3A2C4" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="46F3A2C4" w14:textId="77777777" w:rsidR="008672EC" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BB8093B" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0BB8093B" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E46CF9C" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2E46CF9C" w14:textId="77777777" w:rsidR="008672EC" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D976FD5" w14:textId="1E8375C6" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6D976FD5" w14:textId="1974C11F" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TC </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mörsch</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KL</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65AA2840" w14:textId="2A37173E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="65AA2840" w14:textId="2A37173E" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BD7126A" w14:textId="7484EAF8" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4BD7126A" w14:textId="621613CA" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TCL 2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14EA4D51" w14:textId="0FA51A38" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="14EA4D51" w14:textId="51CBB5F3" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Herren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="58A7C491" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="008672EC" w:rsidRPr="00B2720D" w14:paraId="58A7C491" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C7A44ED" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6C7A44ED" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29B335D4" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="29B335D4" w14:textId="77777777" w:rsidR="008672EC" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B24D810" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5B24D810" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F81B3AF" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2F81B3AF" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DD6FA32" w14:textId="17011BEB" w:rsidR="004708B8" w:rsidRPr="00C079DD" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1DD6FA32" w14:textId="17011BEB" w:rsidR="008672EC" w:rsidRPr="00C079DD" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C079DD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>FROHE WEIHNACHTEN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02D60020" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00C079DD" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="02D60020" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00C079DD" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="70AD47" w:themeColor="accent6"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C079DD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="70AD47" w:themeColor="accent6"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B491DCA" w14:textId="4806E811" w:rsidR="004708B8" w:rsidRPr="00C079DD" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5B491DCA" w14:textId="4806E811" w:rsidR="008672EC" w:rsidRPr="00C079DD" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C079DD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="70AD47" w:themeColor="accent6"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F08AF1E" w14:textId="3FBD4F8A" w:rsidR="004708B8" w:rsidRPr="00C079DD" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1F08AF1E" w14:textId="3FBD4F8A" w:rsidR="008672EC" w:rsidRPr="00C079DD" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C079DD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>FROHE WEIHNACHTEN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B32D87C" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2B32D87C" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="30CA45CC" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="008672EC" w:rsidRPr="00B2720D" w14:paraId="30CA45CC" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00B0F597" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="00B0F597" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FCA4659" w14:textId="0A7C3A86" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1FCA4659" w14:textId="0A7C3A86" w:rsidR="008672EC" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27.12.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DF9896B" w14:textId="729805D4" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2DF9896B" w14:textId="729805D4" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59199EFB" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="59199EFB" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46F4E1DB" w14:textId="59BE4676" w:rsidR="004708B8" w:rsidRPr="00F47C6C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="46F4E1DB" w14:textId="16E6B4C6" w:rsidR="008672EC" w:rsidRPr="00F47C6C" w:rsidRDefault="00127212" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC Weilerbach</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B896879" w14:textId="144943E4" w:rsidR="004708B8" w:rsidRPr="00F47C6C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3B896879" w14:textId="144943E4" w:rsidR="008672EC" w:rsidRPr="00F47C6C" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2179C299" w14:textId="3449F503" w:rsidR="004708B8" w:rsidRPr="00F47C6C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2179C299" w14:textId="0C44863F" w:rsidR="008672EC" w:rsidRPr="00F47C6C" w:rsidRDefault="00127212" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Double Trouble</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="572B3CD9" w14:textId="4BEB8B51" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="572B3CD9" w14:textId="16D9B0AB" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="00127212" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Damen/D-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="61642E80" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="00127212" w:rsidRPr="00B2720D" w14:paraId="61642E80" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AE46B57" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5AE46B57" w14:textId="77777777" w:rsidR="00127212" w:rsidRPr="00B2720D" w:rsidRDefault="00127212" w:rsidP="00127212">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07F6C658" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="07F6C658" w14:textId="77777777" w:rsidR="00127212" w:rsidRDefault="00127212" w:rsidP="00127212">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2123DA5D" w14:textId="56B546C1" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2123DA5D" w14:textId="56B546C1" w:rsidR="00127212" w:rsidRPr="00B2720D" w:rsidRDefault="00127212" w:rsidP="00127212">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="777CE4B1" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="777CE4B1" w14:textId="77777777" w:rsidR="00127212" w:rsidRPr="00B2720D" w:rsidRDefault="00127212" w:rsidP="00127212">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D5E6260" w14:textId="3B16F4B5" w:rsidR="004708B8" w:rsidRPr="001E375C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0D5E6260" w14:textId="5AD2B419" w:rsidR="00127212" w:rsidRPr="001E375C" w:rsidRDefault="00127212" w:rsidP="00127212">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TCL 2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78F0AAF4" w14:textId="29B5B614" w:rsidR="004708B8" w:rsidRPr="001E375C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="78F0AAF4" w14:textId="29B5B614" w:rsidR="00127212" w:rsidRPr="001E375C" w:rsidRDefault="00127212" w:rsidP="00127212">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43DB47AE" w14:textId="73A20564" w:rsidR="004708B8" w:rsidRPr="001E375C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="43DB47AE" w14:textId="60541C50" w:rsidR="00127212" w:rsidRPr="001E375C" w:rsidRDefault="00127212" w:rsidP="00127212">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>It’s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>match</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E59AD8F" w14:textId="264C8C60" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4E59AD8F" w14:textId="15CF2539" w:rsidR="00127212" w:rsidRPr="00B2720D" w:rsidRDefault="00127212" w:rsidP="00127212">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Damen/D-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="142DB538" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="008672EC" w:rsidRPr="00B2720D" w14:paraId="142DB538" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B58BF63" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5B58BF63" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76B31F77" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="76B31F77" w14:textId="77777777" w:rsidR="008672EC" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50CB04A7" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="50CB04A7" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="177E4E37" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="177E4E37" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="638B5BC3" w14:textId="746420B6" w:rsidR="004708B8" w:rsidRPr="001E375C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="638B5BC3" w14:textId="71817CC9" w:rsidR="008672EC" w:rsidRPr="001E375C" w:rsidRDefault="00127212" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC GW Neustadt</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="744C2220" w14:textId="4AA34392" w:rsidR="004708B8" w:rsidRPr="001E375C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="744C2220" w14:textId="4AA34392" w:rsidR="008672EC" w:rsidRPr="001E375C" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27C6211C" w14:textId="7AB69C9E" w:rsidR="004708B8" w:rsidRPr="001E375C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="27C6211C" w14:textId="06A7F609" w:rsidR="008672EC" w:rsidRPr="001E375C" w:rsidRDefault="00127212" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Backhand</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Chill</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76F0EFD5" w14:textId="61B21291" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="76F0EFD5" w14:textId="120B47E6" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="00127212" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Herren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="2D2ACF9A" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="008672EC" w:rsidRPr="00B2720D" w14:paraId="2D2ACF9A" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="388DDC1E" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="388DDC1E" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35423C46" w14:textId="09DF1B0A" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="35423C46" w14:textId="09DF1B0A" w:rsidR="008672EC" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>28.12.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="490F06F2" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="490F06F2" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="608A509F" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="608A509F" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3543D461" w14:textId="1F926525" w:rsidR="004708B8" w:rsidRPr="001E375C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3543D461" w14:textId="130874E6" w:rsidR="008672EC" w:rsidRPr="001E375C" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Stopp &amp; Lob</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0637674E" w14:textId="1FEE99E3" w:rsidR="004708B8" w:rsidRPr="001E375C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0637674E" w14:textId="1FEE99E3" w:rsidR="008672EC" w:rsidRPr="001E375C" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1682DB8D" w14:textId="4047DCCE" w:rsidR="004708B8" w:rsidRPr="001E375C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1682DB8D" w14:textId="428B642E" w:rsidR="008672EC" w:rsidRPr="001E375C" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC Hockenheim</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="352D7D40" w14:textId="077F40C3" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="352D7D40" w14:textId="38600564" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Herren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="2091A76D" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="008672EC" w:rsidRPr="00B2720D" w14:paraId="2091A76D" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E6B0822" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5E6B0822" w14:textId="77777777" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B23DB3D" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4B23DB3D" w14:textId="77777777" w:rsidR="008672EC" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="399E99AA" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="399E99AA" w14:textId="77777777" w:rsidR="008672EC" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1479D4D2" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1479D4D2" w14:textId="77777777" w:rsidR="008672EC" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20E62966" w14:textId="201135CE" w:rsidR="004708B8" w:rsidRPr="001E375C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="20E62966" w14:textId="1AEA6E9E" w:rsidR="008672EC" w:rsidRPr="001E375C" w:rsidRDefault="009C0EB5" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC Klein-Winternheim 1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38CEEEDE" w14:textId="62277DC7" w:rsidR="004708B8" w:rsidRPr="001E375C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="38CEEEDE" w14:textId="62277DC7" w:rsidR="008672EC" w:rsidRPr="001E375C" w:rsidRDefault="008672EC" w:rsidP="008672EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75AE990E" w14:textId="4E3F0173" w:rsidR="004708B8" w:rsidRPr="001E375C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="75AE990E" w14:textId="5A048349" w:rsidR="008672EC" w:rsidRPr="001E375C" w:rsidRDefault="009C0EB5" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC Totalausfall</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4632A931" w14:textId="37E42486" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4632A931" w14:textId="4285E80C" w:rsidR="008672EC" w:rsidRPr="00B2720D" w:rsidRDefault="009C0EB5" w:rsidP="008672EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Herren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="65A6049D" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="65A6049D" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0ED0C649" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0ED0C649" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A538F25" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7A538F25" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72A77A38" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="72A77A38" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
@@ -16164,1111 +17579,1333 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E08B93F" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1E08B93F" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FB765F3" w14:textId="7003CDAB" w:rsidR="004708B8" w:rsidRPr="001E375C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4FB765F3" w14:textId="6E8B3D9D" w:rsidR="0098204C" w:rsidRPr="001E375C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>KaHo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49CF00BB" w14:textId="5E2296E6" w:rsidR="004708B8" w:rsidRPr="001E375C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="49CF00BB" w14:textId="5E2296E6" w:rsidR="0098204C" w:rsidRPr="001E375C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="255BDD87" w14:textId="4F49D2A3" w:rsidR="004708B8" w:rsidRPr="001E375C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="255BDD87" w14:textId="6EC79603" w:rsidR="0098204C" w:rsidRPr="001E375C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Wonnegau</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> United</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="504E447B" w14:textId="4659FE8C" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="504E447B" w14:textId="79D2D32B" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Herren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="13167574" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="13167574" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D0BE463" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2D0BE463" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C456C47" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3C456C47" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E57B01E" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4E57B01E" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="150C3DF3" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="150C3DF3" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11B15EF5" w14:textId="60ADDBC7" w:rsidR="004708B8" w:rsidRPr="001E375C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="11B15EF5" w14:textId="4E6062A7" w:rsidR="0098204C" w:rsidRPr="001E375C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TCL Matchball 1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C94A203" w14:textId="65F770C3" w:rsidR="004708B8" w:rsidRPr="001E375C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5C94A203" w14:textId="65F770C3" w:rsidR="0098204C" w:rsidRPr="001E375C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D183218" w14:textId="5CF60A56" w:rsidR="004708B8" w:rsidRPr="001E375C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4D183218" w14:textId="62B57C4E" w:rsidR="0098204C" w:rsidRPr="001E375C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SV </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Rotamint</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="344696DD" w14:textId="058720D9" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="344696DD" w14:textId="676E9BCB" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Herren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="577AC10B" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="577AC10B" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FA49C76" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5FA49C76" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="491332FC" w14:textId="24AD9774" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="491332FC" w14:textId="24AD9774" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>03.01.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0097B868" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0097B868" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="578A0C80" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="578A0C80" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="660E7679" w14:textId="67F0ECEC" w:rsidR="004708B8" w:rsidRPr="00750C77" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="660E7679" w14:textId="56E24B8B" w:rsidR="0098204C" w:rsidRPr="00750C77" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC Obrigheim</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53E3DB72" w14:textId="7AF36EDC" w:rsidR="004708B8" w:rsidRPr="00B8498C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="53E3DB72" w14:textId="7AF36EDC" w:rsidR="0098204C" w:rsidRPr="00B8498C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="676675EF" w14:textId="08D55390" w:rsidR="004708B8" w:rsidRPr="00750C77" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="676675EF" w14:textId="7877C0A2" w:rsidR="0098204C" w:rsidRPr="00750C77" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Einhänder</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> United</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60C743A3" w14:textId="2C03CC19" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="60C743A3" w14:textId="15C45489" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="0FE5D388" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="0FE5D388" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B4CB45D" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1B4CB45D" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68B026CE" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="68B026CE" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48CD9091" w14:textId="53FEF6E0" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="48CD9091" w14:textId="53FEF6E0" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="112FDB74" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="112FDB74" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74029D45" w14:textId="15CC48E0" w:rsidR="004708B8" w:rsidRPr="00F47C6C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="74029D45" w14:textId="1D41B2B1" w:rsidR="0098204C" w:rsidRPr="00F47C6C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Second </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Serve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23585FBF" w14:textId="3749659F" w:rsidR="004708B8" w:rsidRPr="00F47C6C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="23585FBF" w14:textId="3749659F" w:rsidR="0098204C" w:rsidRPr="00F47C6C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="105DE9A6" w14:textId="20BE1571" w:rsidR="004708B8" w:rsidRPr="00F47C6C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="105DE9A6" w14:textId="7C70EB6A" w:rsidR="0098204C" w:rsidRPr="00F47C6C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Netzroller</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DD92ED0" w14:textId="28B99574" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7DD92ED0" w14:textId="13044DC7" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="64182F1F" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="64182F1F" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EF0C685" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7EF0C685" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75FCCC68" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="75FCCC68" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E3AA7CA" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7E3AA7CA" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B43F3E2" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2B43F3E2" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68EFF68C" w14:textId="618E89CE" w:rsidR="004708B8" w:rsidRPr="00F47C6C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="68EFF68C" w14:textId="46041BEE" w:rsidR="0098204C" w:rsidRPr="00F47C6C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Holly Buster</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58D243B5" w14:textId="00449180" w:rsidR="004708B8" w:rsidRPr="00F47C6C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="58D243B5" w14:textId="00449180" w:rsidR="0098204C" w:rsidRPr="00F47C6C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="157C5158" w14:textId="5914711F" w:rsidR="004708B8" w:rsidRPr="00F47C6C" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="157C5158" w14:textId="38BB3413" w:rsidR="0098204C" w:rsidRPr="00F47C6C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TCL H-40 2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D496799" w14:textId="72A749B8" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5D496799" w14:textId="1DC15BBF" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="49BBEE7E" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="49BBEE7E" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0ED4B09A" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0ED4B09A" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1087AC7C" w14:textId="0B721E01" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1087AC7C" w14:textId="0B721E01" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>04.01.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FF0CECA" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3FF0CECA" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1439E8A3" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1439E8A3" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C9E731C" w14:textId="4C4D9FA9" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0C9E731C" w14:textId="7408952F" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Yipsies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35B2ADFF" w14:textId="03DCE519" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="35B2ADFF" w14:textId="03DCE519" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22C9EBA7" w14:textId="3449876B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="22C9EBA7" w14:textId="1315FDC6" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Turboschnecken</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37621B3E" w14:textId="16C41C18" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="37621B3E" w14:textId="1D97D94F" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="5C537655" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="5C537655" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49B930DD" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="49B930DD" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60946700" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="60946700" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3840473D" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3840473D" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14F9B9A4" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="14F9B9A4" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B53912F" w14:textId="52D5DAD9" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4B53912F" w14:textId="2D0B5AA1" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC RW Neustadt</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF59249" w14:textId="7CEE08D5" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5FF59249" w14:textId="7CEE08D5" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF9EF08" w14:textId="58F2FD58" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6AF9EF08" w14:textId="27A29A65" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hemsbach </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Fifty‘s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1153F10F" w14:textId="7C768F1F" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1153F10F" w14:textId="45E725C4" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="2579E6F4" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="2579E6F4" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08EF8954" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="08EF8954" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="687404F3" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="687404F3" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45EEC946" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="45EEC946" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
@@ -17279,1138 +18916,1374 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74AC6AF4" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="74AC6AF4" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="158FFB65" w14:textId="21602955" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="158FFB65" w14:textId="5A229A6B" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24-H Marathon 2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FAC02C5" w14:textId="4AC5CD42" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4FAC02C5" w14:textId="4AC5CD42" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14F3186F" w14:textId="7139A041" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="14F3186F" w14:textId="7C8AE138" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oldebach</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rackets</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CFD1E22" w14:textId="6B5D8043" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4CFD1E22" w14:textId="76EF2630" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-60-65</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="42F95642" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="42F95642" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="509DE7FF" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="509DE7FF" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54D9F4CE" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="54D9F4CE" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48917481" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="48917481" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F2F4166" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0F2F4166" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22EC92F0" w14:textId="507C312F" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="22EC92F0" w14:textId="02F9C395" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mia </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>san</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mia</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68CDD375" w14:textId="04446FA8" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="68CDD375" w14:textId="04446FA8" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B361A47" w14:textId="011E58E1" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3B361A47" w14:textId="57574AC4" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TCO </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Schorlepezzer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="259AE96A" w14:textId="7D0E68AC" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="259AE96A" w14:textId="042F8911" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="39918F21" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="39918F21" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="726EF824" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="726EF824" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="263278F0" w14:textId="74B3B973" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="263278F0" w14:textId="74B3B973" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.01.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79564C67" w14:textId="6B166213" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="79564C67" w14:textId="6B166213" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EBDF49D" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7EBDF49D" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="585E2C23" w14:textId="2F15146A" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="585E2C23" w14:textId="445C4F71" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TCW H-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FD0135B" w14:textId="58903383" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2FD0135B" w14:textId="58903383" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C835F53" w14:textId="4777C367" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5C835F53" w14:textId="2D27011B" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Inseljungs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36ECE81E" w14:textId="2CD282B3" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="36ECE81E" w14:textId="6C614429" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="2A2A9826" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="2A2A9826" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="202CC2BA" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="202CC2BA" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="703715F6" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="703715F6" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C5267A5" w14:textId="182B0E73" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0C5267A5" w14:textId="182B0E73" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="505EE05C" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="505EE05C" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62D204D5" w14:textId="6BB16869" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="62D204D5" w14:textId="34EC0041" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nahezu Topfit</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E10504C" w14:textId="2833F100" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2E10504C" w14:textId="2833F100" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42E5432F" w14:textId="56BCE898" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="42E5432F" w14:textId="74C825AE" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Slice &amp; Ice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="704F382A" w14:textId="22ECDC61" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="704F382A" w14:textId="1FC930D6" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="53EA9981" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="53EA9981" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F1BAB11" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3F1BAB11" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="237E8D09" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="237E8D09" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48F54E49" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="48F54E49" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05C93352" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="05C93352" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12C27A61" w14:textId="2576A9EE" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="12C27A61" w14:textId="2F61C953" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SA-T-AN</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49DD8772" w14:textId="563AB676" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="49DD8772" w14:textId="563AB676" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52A200B2" w14:textId="0FFF7511" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="52A200B2" w14:textId="1018FFE5" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TCL H-40 1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C01962A" w14:textId="73CF366C" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2C01962A" w14:textId="446D85AF" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="2EE48F77" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="2EE48F77" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A0FD84E" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6A0FD84E" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CEA1E7F" w14:textId="46D83F01" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7CEA1E7F" w14:textId="46D83F01" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11.01.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CA0D923" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3CA0D923" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01B6D5E1" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="01B6D5E1" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E37DB20" w14:textId="34BC5DDB" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5E37DB20" w14:textId="068A3513" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TC </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dubbeglas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FDE31EC" w14:textId="48EFDB49" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1FDE31EC" w14:textId="48EFDB49" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A2DE64E" w14:textId="5461D9DD" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2A2DE64E" w14:textId="7F22CEA6" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24-H Marathon 1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DE90153" w14:textId="6F67CE7C" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3DE90153" w14:textId="755EB1B5" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-60-65</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="54BBE16B" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="54BBE16B" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1160988F" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1160988F" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41C94EA3" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="41C94EA3" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62DA8EE4" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="62DA8EE4" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75A8AC33" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="75A8AC33" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62E30587" w14:textId="4061A690" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="62E30587" w14:textId="05EE6434" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Balls </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Glory</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A58068D" w14:textId="1BD4738D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3A58068D" w14:textId="1BD4738D" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E002863" w14:textId="39696856" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5E002863" w14:textId="1577BF6D" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Weinberg Asse</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="471A3DA6" w14:textId="7C69519F" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="471A3DA6" w14:textId="47DDA3DC" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="3F51D6CF" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="3F51D6CF" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46C3B716" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="46C3B716" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D53B270" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5D53B270" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EF15EA8" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6EF15EA8" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
@@ -18421,1141 +20294,1331 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CC9496B" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3CC9496B" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1112676A" w14:textId="707B8BA5" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1112676A" w14:textId="18D0DF54" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TGV Gipfelstürmer</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A16034F" w14:textId="11D9ED91" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0A16034F" w14:textId="11D9ED91" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0989B137" w14:textId="7D3FC0F2" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0989B137" w14:textId="7AD880A2" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Big Green Bretzenheim</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02603159" w14:textId="6F6D3439" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="02603159" w14:textId="6C28044F" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="21907F25" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="21907F25" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41AA94E0" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="41AA94E0" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="481E1F67" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="481E1F67" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46A79DF1" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="46A79DF1" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2762F321" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2762F321" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A1604E5" w14:textId="093AE346" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1A1604E5" w14:textId="7686FDB9" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Die Pinguine</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59C678BE" w14:textId="4B334716" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="59C678BE" w14:textId="4B334716" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E12E9AA" w14:textId="4EA92D14" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2E12E9AA" w14:textId="548C8F4A" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DJK Mainz</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="269AF407" w14:textId="4B796B76" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="269AF407" w14:textId="19AEC5A5" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="062D6D70" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="062D6D70" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F6A76AC" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3F6A76AC" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72578238" w14:textId="2303401C" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="72578238" w14:textId="2303401C" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17.01.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="222B811A" w14:textId="6C988B8B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="222B811A" w14:textId="6C988B8B" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A048581" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7A048581" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A829582" w14:textId="7DE9E378" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1A829582" w14:textId="10175629" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pinky</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; Brain</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EAE6895" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1EAE6895" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23EED321" w14:textId="28CDE57E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="23EED321" w14:textId="38B55329" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Papa Schlumpf und Hefti</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C2658E8" w14:textId="6A7515B0" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1C2658E8" w14:textId="25C03FBD" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Herren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="25E4338A" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="25E4338A" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17CC1B29" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="17CC1B29" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C3AB396" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0C3AB396" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4308441B" w14:textId="1AA2EB27" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4308441B" w14:textId="1AA2EB27" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F2985A5" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2F2985A5" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66F8C981" w14:textId="3714A30F" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="66F8C981" w14:textId="3C5495F1" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Team Malaga</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71574D66" w14:textId="790B06E6" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="71574D66" w14:textId="790B06E6" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D4145B4" w14:textId="332DA476" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3D4145B4" w14:textId="140900F1" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lambada Jungs</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C1BE9C7" w14:textId="0C1C7858" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0C1BE9C7" w14:textId="1CEE5018" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="5297A27D" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="5297A27D" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E99EA1C" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3E99EA1C" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31B6F7C2" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="31B6F7C2" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="534BA12C" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="534BA12C" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1772EAB5" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1772EAB5" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EA2CD70" w14:textId="39852AFB" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2EA2CD70" w14:textId="2BE8C22D" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Head Hunter</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36B0178E" w14:textId="4744E800" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="36B0178E" w14:textId="4744E800" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C848292" w14:textId="2DC059E1" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1C848292" w14:textId="42A621C7" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC Klein-Winternheim 2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2291E8AB" w14:textId="3B417FB7" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2291E8AB" w14:textId="3F4B89A4" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Herren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="6379797D" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="6379797D" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E41825C" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1E41825C" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5232BAF1" w14:textId="186FC7D2" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5232BAF1" w14:textId="186FC7D2" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18.01.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F3AA03D" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7F3AA03D" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07224B8F" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="07224B8F" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49B9691E" w14:textId="02CA158A" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="49B9691E" w14:textId="2ECF8F8C" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Incognito</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69027844" w14:textId="494F5058" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="69027844" w14:textId="494F5058" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1ECCB6C6" w14:textId="44CEB700" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1ECCB6C6" w14:textId="371BDA6C" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC Wiesloch Rauenberg</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E8C9D40" w14:textId="5ACD6EB7" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2E8C9D40" w14:textId="04B8465C" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="37E99640" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="37E99640" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46369710" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="46369710" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="374E14CF" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="374E14CF" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4981146D" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4981146D" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77F98185" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="77F98185" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39EAC90C" w14:textId="05E8B018" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="39EAC90C" w14:textId="5BB03351" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TCO Lorsch </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F2FA367" w14:textId="7A540FA2" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7F2FA367" w14:textId="7A540FA2" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="619CA2A6" w14:textId="1DA9133F" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="619CA2A6" w14:textId="69841B4F" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bobbeles</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Erben</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51189A70" w14:textId="161D3727" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="51189A70" w14:textId="43A8EEE5" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-60-65</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="476A1045" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="476A1045" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1735EDBE" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1735EDBE" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AEE595C" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0AEE595C" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74E6CEE6" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="74E6CEE6" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
@@ -19566,1140 +21629,1386 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="559C3B66" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="559C3B66" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="659F9CFB" w14:textId="6C84F6AF" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="659F9CFB" w14:textId="79DC35CF" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TC </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kohlheck</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37563CB9" w14:textId="16CDB427" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="37563CB9" w14:textId="16CDB427" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0264627F" w14:textId="4AB82E1C" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0264627F" w14:textId="5B41E47B" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Michael K &amp; seine </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Finest</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Selection</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60235B15" w14:textId="79D99062" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="60235B15" w14:textId="5767735C" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="4DF5B4D1" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="4DF5B4D1" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AFEF72A" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4AFEF72A" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="325CE6C4" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="325CE6C4" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="310DC53F" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="310DC53F" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7854C5C5" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7854C5C5" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67340622" w14:textId="470344E2" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="67340622" w14:textId="7C63E7E2" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC Seeheim</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51DC3206" w14:textId="32176826" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="51DC3206" w14:textId="32176826" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0777EAB2" w14:textId="43F89275" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0777EAB2" w14:textId="39B68325" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tiebreak Ladies</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E737254" w14:textId="2A84E8CD" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1E737254" w14:textId="3638143D" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D-40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="2B7E7DBA" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="2B7E7DBA" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66268785" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="66268785" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F29F219" w14:textId="39BE726D" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6F29F219" w14:textId="39BE726D" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>24.01.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3739A1CB" w14:textId="70A8EB83" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3739A1CB" w14:textId="70A8EB83" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3900B433" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3900B433" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B0DDEFE" w14:textId="75DC0DE0" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6B0DDEFE" w14:textId="178DEF25" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goisemer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Buwe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E30A7A5" w14:textId="511D8DF7" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0E30A7A5" w14:textId="511D8DF7" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B9C11AC" w14:textId="63766C17" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7B9C11AC" w14:textId="3CF0139E" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Marc Philippoussis 1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D5EDE2F" w14:textId="47E3DB36" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2D5EDE2F" w14:textId="01DF64A8" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="27D48543" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="27D48543" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EAA1B71" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2EAA1B71" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EEB93D8" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4EEB93D8" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E939E7C" w14:textId="39FCE095" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3E939E7C" w14:textId="39FCE095" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4033CCCB" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4033CCCB" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E44681B" w14:textId="08E324AD" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1E44681B" w14:textId="3197ADDE" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kurz vor der Notschlachtung</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="415A9DEA" w14:textId="15521458" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="415A9DEA" w14:textId="15521458" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C68E622" w14:textId="160D3FB7" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4C68E622" w14:textId="4E18EB53" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gentleman </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jack’s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2.0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F51952B" w14:textId="0B5D7F30" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6F51952B" w14:textId="35FDB143" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="16BA8741" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="16BA8741" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F0931E2" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1F0931E2" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ECB7D13" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3ECB7D13" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8A10CE" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1F8A10CE" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EB36C95" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0EB36C95" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14593705" w14:textId="5A5C7953" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="14593705" w14:textId="32EF8D4A" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MTV Mainz 1817 </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DA078B5" w14:textId="3C2E616D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3DA078B5" w14:textId="3C2E616D" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="504392F1" w14:textId="0D02B6E0" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="504392F1" w14:textId="2B0C1558" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Seesternhagelvoll</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B690390" w14:textId="1CE4FC60" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4B690390" w14:textId="099B930F" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="3DD8B566" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="3DD8B566" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CE37739" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0CE37739" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D617870" w14:textId="44AE9A09" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0D617870" w14:textId="44AE9A09" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25.01.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F561309" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6F561309" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="542542DE" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="542542DE" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34832F91" w14:textId="2648BCAA" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="34832F91" w14:textId="196316D8" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 Engel für Steffen 2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27C49D40" w14:textId="33538602" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="27C49D40" w14:textId="33538602" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CD17658" w14:textId="28A7401E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3CD17658" w14:textId="09702BAC" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC Hockenheim</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AB5DC7E" w14:textId="17B2C199" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4AB5DC7E" w14:textId="2F4818BD" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Damen/D-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="28E75BD0" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="28E75BD0" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DB3EBE9" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3DB3EBE9" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A6E2C07" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3A6E2C07" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F9BCEFA" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2F9BCEFA" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07601CC6" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="07601CC6" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D3C8424" w14:textId="5F15B9C0" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0D3C8424" w14:textId="46288866" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="002A6D3A" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TC GW Dirmstein</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65A612FF" w14:textId="2D638C9A" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="65A612FF" w14:textId="2D638C9A" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F33AA23" w14:textId="4F7A999A" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2F33AA23" w14:textId="076ED399" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="002A6D3A" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Thundercats</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C12D0F6" w14:textId="3FB9D270" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6C12D0F6" w14:textId="7722B43F" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="002A6D3A" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Damen/D-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="733103E3" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="733103E3" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EBA0A83" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4EBA0A83" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52321629" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="52321629" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6689032D" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6689032D" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
@@ -20710,1141 +23019,1215 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="314BBED9" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="314BBED9" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41E55B15" w14:textId="321F2923" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="41E55B15" w14:textId="48A74DBF" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Marc Philip</w:t>
+            </w:r>
+            <w:r w:rsidR="00707AE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>oussis 2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16E3FCB6" w14:textId="5F03DC16" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="16E3FCB6" w14:textId="5F03DC16" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4362A1EA" w14:textId="5F83D15E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4362A1EA" w14:textId="32377D22" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Schlechtschmetterfront</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39EA7902" w14:textId="56CAF3F1" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="39EA7902" w14:textId="57B51B1D" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H-30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="0D40D619" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="0D40D619" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A6F0437" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3A6F0437" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5001896C" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5001896C" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6601CD19" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6601CD19" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E262241" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6E262241" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47FD0037" w14:textId="46FB6BD2" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="47FD0037" w14:textId="5C2ED394" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bench </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>please</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FFE0756" w14:textId="0ED9721D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4FFE0756" w14:textId="0ED9721D" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F6C4169" w14:textId="7079E1D4" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5F6C4169" w14:textId="0B77BEDE" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Team Jochen</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57164ACF" w14:textId="42FD5BE9" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="57164ACF" w14:textId="0BE205EC" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Herren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="428ED818" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="428ED818" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B6229F8" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0B6229F8" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FF0BB00" w14:textId="481857E0" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4FF0BB00" w14:textId="481857E0" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>31.01.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6142D9C5" w14:textId="1CEEE680" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6142D9C5" w14:textId="1CEEE680" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CA9548C" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5CA9548C" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="671D73F8" w14:textId="55374615" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="671D73F8" w14:textId="55374615" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FF6ED9F" w14:textId="3D392B19" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6FF6ED9F" w14:textId="3D392B19" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F06E89E" w14:textId="3664345A" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6F06E89E" w14:textId="3664345A" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7716D8FA" w14:textId="0CBBE10D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7716D8FA" w14:textId="0CBBE10D" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="273BF6CD" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="273BF6CD" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D04F27F" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7D04F27F" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41D7F3EA" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="41D7F3EA" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14B52290" w14:textId="065FCE1E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="14B52290" w14:textId="065FCE1E" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03FBBDE4" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="03FBBDE4" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BB0838E" w14:textId="3ACCE988" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6BB0838E" w14:textId="3ACCE988" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DB3D379" w14:textId="4188DE82" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6DB3D379" w14:textId="4188DE82" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26C4B096" w14:textId="448871F7" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="26C4B096" w14:textId="448871F7" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62B7260F" w14:textId="1EB55650" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="62B7260F" w14:textId="1EB55650" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="481A8A38" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="481A8A38" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4277D8C9" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4277D8C9" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AC46759" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0AC46759" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BBD6A05" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2BBD6A05" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C990D7F" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1C990D7F" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36A78626" w14:textId="57951B7C" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="36A78626" w14:textId="57951B7C" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53D21E72" w14:textId="30736FCF" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="53D21E72" w14:textId="30736FCF" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EE6CF8F" w14:textId="6227EB1C" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3EE6CF8F" w14:textId="6227EB1C" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37B57A1D" w14:textId="2DBD0372" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="37B57A1D" w14:textId="2DBD0372" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="5508AE86" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="5508AE86" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D355E76" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3D355E76" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43759FB8" w14:textId="5AC3C24F" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="43759FB8" w14:textId="5AC3C24F" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>01.02.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="127D414B" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="127D414B" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A3E9FDA" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6A3E9FDA" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F876494" w14:textId="70B2B8C3" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7F876494" w14:textId="70B2B8C3" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="082A81AC" w14:textId="1E95B7A3" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="082A81AC" w14:textId="1E95B7A3" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61BD595B" w14:textId="0E4C423C" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="61BD595B" w14:textId="0E4C423C" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3819E8E7" w14:textId="4739F1B9" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3819E8E7" w14:textId="4739F1B9" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="6E9B710E" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="6E9B710E" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="491C24E5" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="491C24E5" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57C03357" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="57C03357" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="037E7BC2" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="037E7BC2" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="265E6B37" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="265E6B37" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F43D721" w14:textId="31DEDC79" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0F43D721" w14:textId="31DEDC79" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38A0BEAB" w14:textId="6FC9F592" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="38A0BEAB" w14:textId="6FC9F592" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09BF6A03" w14:textId="1366F4CC" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="09BF6A03" w14:textId="1366F4CC" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F5297EF" w14:textId="14FB20B9" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0F5297EF" w14:textId="14FB20B9" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="252C8EDF" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="252C8EDF" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C4D1FFE" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5C4D1FFE" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15D1417F" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="15D1417F" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17CA6008" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="17CA6008" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
@@ -21855,1141 +24238,1141 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49D2E3E7" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="49D2E3E7" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A7DFC52" w14:textId="2FFACAFB" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3A7DFC52" w14:textId="2FFACAFB" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E45A2BE" w14:textId="61F5DBB6" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0E45A2BE" w14:textId="61F5DBB6" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20811B68" w14:textId="4DBCE04D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="20811B68" w14:textId="4DBCE04D" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14052A18" w14:textId="01231CDF" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="14052A18" w14:textId="01231CDF" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="6FADA35E" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="6FADA35E" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3971C4AC" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3971C4AC" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C92D525" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5C92D525" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0807E468" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0807E468" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31D215D7" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="31D215D7" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="639CAB73" w14:textId="202E3A39" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="639CAB73" w14:textId="202E3A39" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C6A4C86" w14:textId="017C7F59" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0C6A4C86" w14:textId="017C7F59" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="650659D0" w14:textId="4349CE4F" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="650659D0" w14:textId="4349CE4F" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FB0760D" w14:textId="3B174B50" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3FB0760D" w14:textId="3B174B50" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="0A8DCC42" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="0A8DCC42" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73613466" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="73613466" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73241294" w14:textId="24520B60" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="73241294" w14:textId="24520B60" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>07.02.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49E9BCC3" w14:textId="3B62DA57" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="49E9BCC3" w14:textId="3B62DA57" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26FB6E91" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="26FB6E91" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16CD6F78" w14:textId="7CC82415" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="16CD6F78" w14:textId="7CC82415" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="623A0A4F" w14:textId="45D7A455" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="623A0A4F" w14:textId="45D7A455" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67AA6FFC" w14:textId="287C5BBA" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="67AA6FFC" w14:textId="287C5BBA" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1096F6FC" w14:textId="07B10DAA" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1096F6FC" w14:textId="07B10DAA" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="3927584C" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="3927584C" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CE1C7FB" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7CE1C7FB" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CC1D760" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7CC1D760" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33706CFF" w14:textId="6C5459B3" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="33706CFF" w14:textId="6C5459B3" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B12347F" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7B12347F" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0474DF61" w14:textId="505F4C32" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0474DF61" w14:textId="505F4C32" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12AA4DCE" w14:textId="6E79C3F4" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="12AA4DCE" w14:textId="6E79C3F4" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A7788D7" w14:textId="251D4200" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2A7788D7" w14:textId="251D4200" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46C97201" w14:textId="2E65EA48" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="46C97201" w14:textId="2E65EA48" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="4E770A50" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="4E770A50" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35731D79" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="35731D79" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C3E77D6" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1C3E77D6" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23880E28" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="23880E28" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3593DDF6" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3593DDF6" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04B70083" w14:textId="43C03BEE" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="04B70083" w14:textId="43C03BEE" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B9B4268" w14:textId="1F16AB8E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7B9B4268" w14:textId="1F16AB8E" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E4F7F0E" w14:textId="72FAEB02" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0E4F7F0E" w14:textId="72FAEB02" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1AC9E586" w14:textId="16D9967D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1AC9E586" w14:textId="16D9967D" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="2D09DCF4" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="2D09DCF4" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47D38796" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="47D38796" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19056E3F" w14:textId="4A22B14A" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="19056E3F" w14:textId="4A22B14A" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>08.02.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="006317D2" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="006317D2" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="749577DA" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="749577DA" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2523D89D" w14:textId="4B37D990" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2523D89D" w14:textId="4B37D990" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B39CEFB" w14:textId="5129CA04" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6B39CEFB" w14:textId="5129CA04" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23C66C1F" w14:textId="40C7EF08" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="23C66C1F" w14:textId="40C7EF08" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E2E9B56" w14:textId="346EF414" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0E2E9B56" w14:textId="346EF414" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="49CC4BE5" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="49CC4BE5" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E6E44A5" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6E6E44A5" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="174C5D23" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="174C5D23" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="679DD078" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="679DD078" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C5373BF" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2C5373BF" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="188C2C4C" w14:textId="79B5D99F" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="188C2C4C" w14:textId="79B5D99F" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="548C2524" w14:textId="44C5F787" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="548C2524" w14:textId="44C5F787" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F79C580" w14:textId="38A2488C" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1F79C580" w14:textId="38A2488C" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D9A76CD" w14:textId="1F9685B9" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1D9A76CD" w14:textId="1F9685B9" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="65D03C81" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="65D03C81" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D887D96" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3D887D96" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3846C4D3" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3846C4D3" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DF9AA9F" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0DF9AA9F" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
@@ -23000,952 +25383,952 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E1352AE" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3E1352AE" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0657AA8A" w14:textId="5D29955F" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0657AA8A" w14:textId="5D29955F" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C3634FD" w14:textId="236E651B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6C3634FD" w14:textId="236E651B" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="769BCB56" w14:textId="506A91F6" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="769BCB56" w14:textId="506A91F6" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51D4A524" w14:textId="6C94D79B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="51D4A524" w14:textId="6C94D79B" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="037B6855" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="037B6855" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00AE0652" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="00AE0652" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F352905" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2F352905" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25736542" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="25736542" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57005C0C" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="57005C0C" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43D809FE" w14:textId="606F8965" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="43D809FE" w14:textId="606F8965" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52043E52" w14:textId="00E15B13" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="52043E52" w14:textId="00E15B13" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07D7C2F5" w14:textId="1F54522D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="07D7C2F5" w14:textId="1F54522D" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B5EEB72" w14:textId="25204780" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7B5EEB72" w14:textId="25204780" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="757BFDA7" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="757BFDA7" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="305E385B" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="305E385B" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29A4CCBB" w14:textId="63DD176D" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="29A4CCBB" w14:textId="63DD176D" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14.02.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="324EFB53" w14:textId="172C897C" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="324EFB53" w14:textId="172C897C" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B0C6D61" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1B0C6D61" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46CCEDFE" w14:textId="70DEA80B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="46CCEDFE" w14:textId="70DEA80B" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3ED2F540" w14:textId="6387EEBD" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3ED2F540" w14:textId="6387EEBD" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E177922" w14:textId="31F6C8F3" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3E177922" w14:textId="31F6C8F3" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="258EE1DF" w14:textId="6263CC72" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="258EE1DF" w14:textId="6263CC72" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="5AF3B53C" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="5AF3B53C" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30BEE11C" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="30BEE11C" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25CEC950" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="25CEC950" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="090DC940" w14:textId="1AA64A03" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="090DC940" w14:textId="1AA64A03" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70EE3ECA" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="70EE3ECA" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7EEBC177" w14:textId="5D09971A" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7EEBC177" w14:textId="5D09971A" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3569FCA0" w14:textId="70753F48" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3569FCA0" w14:textId="70753F48" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E0D4C7C" w14:textId="28E1909A" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3E0D4C7C" w14:textId="28E1909A" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F3BFA08" w14:textId="29A70E2D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1F3BFA08" w14:textId="29A70E2D" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="7240008F" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="7240008F" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="527C9EB4" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="527C9EB4" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11E14C6A" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="11E14C6A" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B3D3D00" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0B3D3D00" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4759EF35" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4759EF35" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="603AA5A9" w14:textId="72A545F4" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="603AA5A9" w14:textId="72A545F4" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44F22354" w14:textId="3B637C53" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="44F22354" w14:textId="3B637C53" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18422CAD" w14:textId="53F6BAA7" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="18422CAD" w14:textId="53F6BAA7" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DB8B68C" w14:textId="08D7A93F" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3DB8B68C" w14:textId="08D7A93F" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00720C25" w14:paraId="734F4EB1" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00720C25" w14:paraId="734F4EB1" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C6256C7" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1C6256C7" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03A7C845" w14:textId="174EE4D3" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="03A7C845" w14:textId="174EE4D3" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15.02.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56BAA67A" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="56BAA67A" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
@@ -23954,426 +26337,426 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="519184FD" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="519184FD" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56A7C29D" w14:textId="45254E2B" w:rsidR="004708B8" w:rsidRPr="00720C25" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="56A7C29D" w14:textId="45254E2B" w:rsidR="0098204C" w:rsidRPr="00720C25" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CE1DFAB" w14:textId="59C712B3" w:rsidR="004708B8" w:rsidRPr="00720C25" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7CE1DFAB" w14:textId="59C712B3" w:rsidR="0098204C" w:rsidRPr="00720C25" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="004E8CC6" w14:textId="49799E9F" w:rsidR="004708B8" w:rsidRPr="00720C25" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="004E8CC6" w14:textId="49799E9F" w:rsidR="0098204C" w:rsidRPr="00720C25" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="607B3FE6" w14:textId="548481A5" w:rsidR="004708B8" w:rsidRPr="00720C25" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="607B3FE6" w14:textId="548481A5" w:rsidR="0098204C" w:rsidRPr="00720C25" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="471742F8" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="471742F8" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="448AD95B" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00720C25" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="448AD95B" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00720C25" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DC1580B" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00720C25" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1DC1580B" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00720C25" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D5B6BA0" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1D5B6BA0" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="573C937E" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="573C937E" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49F335B8" w14:textId="65742CFF" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="49F335B8" w14:textId="65742CFF" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1260B1BB" w14:textId="56BB2B2C" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1260B1BB" w14:textId="56BB2B2C" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="228F1D44" w14:textId="4334AC1A" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="228F1D44" w14:textId="4334AC1A" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6762745F" w14:textId="7A6E73C6" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6762745F" w14:textId="7A6E73C6" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="1A361D4C" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="1A361D4C" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6270F17E" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6270F17E" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21ED60F7" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="21ED60F7" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2AADB6AD" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2AADB6AD" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
@@ -24390,1024 +26773,1024 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6545E79B" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6545E79B" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45D32091" w14:textId="189533F7" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="45D32091" w14:textId="189533F7" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F952CCC" w14:textId="523A106E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4F952CCC" w14:textId="523A106E" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28E46AF2" w14:textId="34EF0FB3" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="28E46AF2" w14:textId="34EF0FB3" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DE7A1C6" w14:textId="7A5C7527" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5DE7A1C6" w14:textId="7A5C7527" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="314A672A" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="314A672A" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="290EA375" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="290EA375" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31A197D8" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="31A197D8" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F4B193B" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1F4B193B" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F13A528" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1F13A528" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FB3B643" w14:textId="09ED56EE" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4FB3B643" w14:textId="09ED56EE" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C64142A" w14:textId="5EC6C12A" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3C64142A" w14:textId="5EC6C12A" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66665158" w14:textId="2EF742B4" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="66665158" w14:textId="2EF742B4" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E4B7EBF" w14:textId="48074DAE" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7E4B7EBF" w14:textId="48074DAE" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="780356B5" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="780356B5" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E6480D1" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0E6480D1" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40AE7B23" w14:textId="382074B1" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="40AE7B23" w14:textId="382074B1" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21.02.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00B6C3D0" w14:textId="0FFD42B0" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="00B6C3D0" w14:textId="0FFD42B0" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E82AAB8" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7E82AAB8" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75DC62D5" w14:textId="5907E51B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="75DC62D5" w14:textId="5907E51B" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22C872DA" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="22C872DA" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7EEAD734" w14:textId="712CA6CC" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7EEAD734" w14:textId="712CA6CC" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="124EE712" w14:textId="5B3BF76F" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="124EE712" w14:textId="5B3BF76F" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="1F1DFDB1" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="1F1DFDB1" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33224E4C" w14:textId="0C4CA8F0" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="33224E4C" w14:textId="0C4CA8F0" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46228CDB" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="46228CDB" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36827FD5" w14:textId="4E543F95" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="36827FD5" w14:textId="4E543F95" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="476ED2CA" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="476ED2CA" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01996302" w14:textId="1DDD9408" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="01996302" w14:textId="1DDD9408" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7477EC1C" w14:textId="0AEC1490" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7477EC1C" w14:textId="0AEC1490" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37A9EAB4" w14:textId="1EED2689" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="37A9EAB4" w14:textId="1EED2689" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C9DDC6D" w14:textId="26903465" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0C9DDC6D" w14:textId="26903465" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="561021C6" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="561021C6" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C9A3CB3" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5C9A3CB3" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24179138" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="24179138" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="372AE44A" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="372AE44A" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0384C7A6" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0384C7A6" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17EBD9D7" w14:textId="1AFF3CDA" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="17EBD9D7" w14:textId="1AFF3CDA" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E10B8DD" w14:textId="78F2F072" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4E10B8DD" w14:textId="78F2F072" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7290D31E" w14:textId="5884C7D4" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7290D31E" w14:textId="5884C7D4" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39002820" w14:textId="0536BCB8" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="39002820" w14:textId="0536BCB8" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="764EA00F" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="764EA00F" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43EC9414" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="43EC9414" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65F9935D" w14:textId="6351EFAA" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="65F9935D" w14:textId="6351EFAA" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22.02.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3297374B" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3297374B" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
@@ -25416,420 +27799,420 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E311049" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6E311049" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B4AAAC4" w14:textId="6F7333BE" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6B4AAAC4" w14:textId="6F7333BE" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A8610EC" w14:textId="1F613677" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2A8610EC" w14:textId="1F613677" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="744400FA" w14:textId="4CCE3F5A" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="744400FA" w14:textId="4CCE3F5A" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FE66F74" w14:textId="1FF290E6" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6FE66F74" w14:textId="1FF290E6" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="68D78389" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="68D78389" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="415F6772" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="415F6772" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04104DF8" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="04104DF8" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="008BD680" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="008BD680" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FB090D8" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0FB090D8" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03B1659F" w14:textId="1AB7E86B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="03B1659F" w14:textId="1AB7E86B" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="479437C0" w14:textId="38B88AF7" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="479437C0" w14:textId="38B88AF7" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C2B9EAD" w14:textId="3194E8ED" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1C2B9EAD" w14:textId="3194E8ED" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50730D71" w14:textId="37AD87EB" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="50730D71" w14:textId="37AD87EB" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="2D27B377" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="2D27B377" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2EDE16A8" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2EDE16A8" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1917F67D" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1917F67D" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4757C984" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4757C984" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
@@ -25846,1025 +28229,1025 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DDA97F6" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0DDA97F6" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16046507" w14:textId="1DA87ACD" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="16046507" w14:textId="1DA87ACD" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41A47AE9" w14:textId="14EB304B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="41A47AE9" w14:textId="14EB304B" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E0C0D6A" w14:textId="1C5C1DAD" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5E0C0D6A" w14:textId="1C5C1DAD" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F6B945F" w14:textId="17441D56" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0F6B945F" w14:textId="17441D56" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="528E91FA" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="528E91FA" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="671CA37C" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="671CA37C" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50B8C248" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="50B8C248" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B02361F" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5B02361F" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7EE327AA" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7EE327AA" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B758DE1" w14:textId="563FADC6" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6B758DE1" w14:textId="563FADC6" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17D0EAF3" w14:textId="1D300515" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="17D0EAF3" w14:textId="1D300515" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44D229A5" w14:textId="637BBDDF" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="44D229A5" w14:textId="637BBDDF" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D946FB7" w14:textId="2B26335A" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4D946FB7" w14:textId="2B26335A" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="44AF5ADE" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="44AF5ADE" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4282FD23" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4282FD23" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3635EEF9" w14:textId="72910898" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3635EEF9" w14:textId="72910898" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>28.02.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E1D9654" w14:textId="615D9302" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4E1D9654" w14:textId="615D9302" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="601D067B" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="601D067B" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="548E8116" w14:textId="5C2D0010" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="548E8116" w14:textId="5C2D0010" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79FB121D" w14:textId="1B064FB8" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="79FB121D" w14:textId="1B064FB8" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2FF2DCAB" w14:textId="63FA7924" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2FF2DCAB" w14:textId="63FA7924" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="130868F6" w14:textId="738CC5A1" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="130868F6" w14:textId="738CC5A1" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="27F386FC" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="27F386FC" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="163DC4A7" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="163DC4A7" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AADF184" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5AADF184" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E172D4B" w14:textId="644140E6" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5E172D4B" w14:textId="644140E6" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A317601" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3A317601" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1688E373" w14:textId="45405C73" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1688E373" w14:textId="45405C73" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C8A7983" w14:textId="4C25126A" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1C8A7983" w14:textId="4C25126A" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07645C0D" w14:textId="456844D2" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="07645C0D" w14:textId="456844D2" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="302C20D0" w14:textId="7A86ABB1" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="302C20D0" w14:textId="7A86ABB1" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="1361F708" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="1361F708" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="448E2699" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="448E2699" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C6B8623" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1C6B8623" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6405BC49" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6405BC49" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B1538FA" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4B1538FA" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08379D59" w14:textId="5BAF8F27" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="08379D59" w14:textId="5BAF8F27" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="589C2098" w14:textId="75C6837F" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="589C2098" w14:textId="75C6837F" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="789B4912" w14:textId="51278FDA" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="789B4912" w14:textId="51278FDA" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="784F4048" w14:textId="1B75AF65" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="784F4048" w14:textId="1B75AF65" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="02F0D6E5" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="02F0D6E5" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="304E9E89" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="304E9E89" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5324C330" w14:textId="461FCBF7" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5324C330" w14:textId="461FCBF7" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>01.03.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4460E4F9" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4460E4F9" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
@@ -26873,419 +29256,419 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="543D0ACF" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="543D0ACF" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44D485AF" w14:textId="63AF0E8A" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="44D485AF" w14:textId="63AF0E8A" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2819664A" w14:textId="04DE6AAC" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2819664A" w14:textId="04DE6AAC" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7175E4F2" w14:textId="7913BA49" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7175E4F2" w14:textId="7913BA49" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52DCFD5E" w14:textId="0CD6868B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="52DCFD5E" w14:textId="0CD6868B" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="35780A9E" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="35780A9E" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C70B733" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6C70B733" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B311F95" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3B311F95" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="669571DD" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="669571DD" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E3E2A38" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0E3E2A38" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01E64E49" w14:textId="68FD93E8" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="01E64E49" w14:textId="68FD93E8" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B55F2E0" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7B55F2E0" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B536999" w14:textId="4DCDBDF7" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2B536999" w14:textId="4DCDBDF7" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A06E47B" w14:textId="1CF4359A" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3A06E47B" w14:textId="1CF4359A" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="63C906C2" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="63C906C2" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="593C1142" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="593C1142" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="706F0437" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="706F0437" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E0199C1" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6E0199C1" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
@@ -27302,1025 +29685,1025 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E7470FB" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4E7470FB" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="641F2E5D" w14:textId="01A8B08C" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="641F2E5D" w14:textId="01A8B08C" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B42962E" w14:textId="5F20A00B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1B42962E" w14:textId="5F20A00B" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="648827DE" w14:textId="632009B0" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="648827DE" w14:textId="632009B0" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="566E6296" w14:textId="5FB903C6" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="566E6296" w14:textId="5FB903C6" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="59D7150D" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="59D7150D" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32151A64" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="32151A64" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EA246F7" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6EA246F7" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62896D5C" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="62896D5C" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D355789" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4D355789" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="126BF8F1" w14:textId="40337376" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="126BF8F1" w14:textId="40337376" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5339E4AE" w14:textId="1F3B4785" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5339E4AE" w14:textId="1F3B4785" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F06CAB7" w14:textId="3F89A993" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6F06CAB7" w14:textId="3F89A993" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="729BB0B5" w14:textId="57D2B0EC" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="729BB0B5" w14:textId="57D2B0EC" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="10A0CD6F" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="10A0CD6F" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B4F72F5" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2B4F72F5" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21F9F5AD" w14:textId="5D11DF2C" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="21F9F5AD" w14:textId="5D11DF2C" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>07.03.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D52AB11" w14:textId="2C94B5AA" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0D52AB11" w14:textId="2C94B5AA" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37796E03" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="37796E03" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="487E43D4" w14:textId="1905D59D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="487E43D4" w14:textId="1905D59D" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2EFCF495" w14:textId="2E76A788" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2EFCF495" w14:textId="2E76A788" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="393FC66E" w14:textId="10E14DE9" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="393FC66E" w14:textId="10E14DE9" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5EAC3CAE" w14:textId="48DA4073" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5EAC3CAE" w14:textId="48DA4073" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="7650A955" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="7650A955" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03F5D639" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="03F5D639" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0927F358" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0927F358" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CAF3801" w14:textId="2A59A17A" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5CAF3801" w14:textId="2A59A17A" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="490471AD" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="490471AD" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A89E897" w14:textId="3964039D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4A89E897" w14:textId="3964039D" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27ACD487" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="27ACD487" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C62198F" w14:textId="0FE0AD46" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2C62198F" w14:textId="0FE0AD46" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A7B469C" w14:textId="77E75923" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4A7B469C" w14:textId="77E75923" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="7E899233" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="7E899233" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F7D19D8" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0F7D19D8" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D551F9A" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4D551F9A" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55AA3042" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="55AA3042" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D0A4198" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7D0A4198" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D835A76" w14:textId="120C5C1A" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0D835A76" w14:textId="120C5C1A" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03320643" w14:textId="7DADDD36" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="03320643" w14:textId="7DADDD36" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3126DDF5" w14:textId="4CEB65D1" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3126DDF5" w14:textId="4CEB65D1" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B1DBA87" w14:textId="015379FF" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3B1DBA87" w14:textId="015379FF" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="4F1E568D" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="4F1E568D" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7EBAA177" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7EBAA177" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58D144A5" w14:textId="7965B78E" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="58D144A5" w14:textId="7965B78E" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>08.03.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F4355DD" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6F4355DD" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
@@ -28329,420 +30712,420 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0541FD05" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0541FD05" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F945480" w14:textId="315D7314" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4F945480" w14:textId="315D7314" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="087A885F" w14:textId="58618CA5" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="087A885F" w14:textId="58618CA5" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FCE5E21" w14:textId="7F36121B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5FCE5E21" w14:textId="7F36121B" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0AFE0BFB" w14:textId="7A7BDCDD" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0AFE0BFB" w14:textId="7A7BDCDD" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="7317183A" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="7317183A" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59EB4C2B" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="59EB4C2B" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32D5EB82" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="32D5EB82" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53B8A48E" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="53B8A48E" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D8DBC9E" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6D8DBC9E" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7189DBDA" w14:textId="5F4A736D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7189DBDA" w14:textId="5F4A736D" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50C42E1C" w14:textId="560A2C18" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="50C42E1C" w14:textId="560A2C18" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1129C204" w14:textId="691497A3" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1129C204" w14:textId="691497A3" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A04BEC4" w14:textId="7CD4F116" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0A04BEC4" w14:textId="7CD4F116" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="27450D01" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="27450D01" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58095DA8" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="58095DA8" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A5AE825" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7A5AE825" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C88C5C9" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0C88C5C9" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
@@ -28759,1027 +31142,1027 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76186AAF" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="76186AAF" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21C1C465" w14:textId="033E7994" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="21C1C465" w14:textId="033E7994" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2198243F" w14:textId="6276D10B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2198243F" w14:textId="6276D10B" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64B33849" w14:textId="463B0D37" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="64B33849" w14:textId="463B0D37" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A833996" w14:textId="1031C677" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4A833996" w14:textId="1031C677" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="08D77E7B" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="08D77E7B" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F10AD37" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1F10AD37" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DD1E641" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5DD1E641" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="587B2C32" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="587B2C32" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="085B592D" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="085B592D" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3378D31D" w14:textId="187BE541" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3378D31D" w14:textId="187BE541" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D47C91D" w14:textId="149E5051" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3D47C91D" w14:textId="149E5051" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05FB459D" w14:textId="0ECAC96F" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="05FB459D" w14:textId="0ECAC96F" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13AA56FA" w14:textId="6097853E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="13AA56FA" w14:textId="6097853E" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="023A6EEB" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="023A6EEB" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E1BD700" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4E1BD700" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D13FC2F" w14:textId="7D4086A6" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1D13FC2F" w14:textId="7D4086A6" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14.03.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22BE611B" w14:textId="47428BD8" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="22BE611B" w14:textId="47428BD8" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CA00DF7" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7CA00DF7" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2344AFAC" w14:textId="78D351A6" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2344AFAC" w14:textId="78D351A6" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D14258A" w14:textId="57E149A6" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1D14258A" w14:textId="57E149A6" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28F0E09F" w14:textId="6416C06F" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="28F0E09F" w14:textId="6416C06F" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BE60429" w14:textId="2FDF7656" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3BE60429" w14:textId="2FDF7656" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="4B8D4E0D" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="4B8D4E0D" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16BDCE91" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="16BDCE91" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0AAA5611" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0AAA5611" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43B475EF" w14:textId="1F37BEBE" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="43B475EF" w14:textId="1F37BEBE" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D1D2EA8" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7D1D2EA8" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6393E541" w14:textId="31C5A147" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6393E541" w14:textId="31C5A147" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BCEE321" w14:textId="64DA9CFE" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3BCEE321" w14:textId="64DA9CFE" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0AEC2DC7" w14:textId="5DF0402B" w:rsidR="004708B8" w:rsidRPr="009D5072" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0AEC2DC7" w14:textId="5DF0402B" w:rsidR="0098204C" w:rsidRPr="009D5072" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21A4D508" w14:textId="2ACBA0C7" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="21A4D508" w14:textId="2ACBA0C7" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="2102B8BF" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="2102B8BF" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06F820C4" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="06F820C4" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="780DC316" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="780DC316" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43021290" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="43021290" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="418EE39F" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="418EE39F" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21BF2547" w14:textId="2DA18061" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="21BF2547" w14:textId="2DA18061" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D05D874" w14:textId="0969745B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3D05D874" w14:textId="0969745B" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="244DB4CE" w14:textId="05C8F4F1" w:rsidR="004708B8" w:rsidRPr="009D5072" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="244DB4CE" w14:textId="05C8F4F1" w:rsidR="0098204C" w:rsidRPr="009D5072" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="541E146F" w14:textId="60E3BC78" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="541E146F" w14:textId="60E3BC78" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="10FB02CE" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="10FB02CE" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="007649BD" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="007649BD" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54F77CAC" w14:textId="0B4F87D6" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="54F77CAC" w14:textId="0B4F87D6" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15.03.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3576C859" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3576C859" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
@@ -29788,420 +32171,420 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28F0D8EC" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="28F0D8EC" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3ABEA05D" w14:textId="13C02AEA" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3ABEA05D" w14:textId="13C02AEA" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E1AE654" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3E1AE654" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2902F67D" w14:textId="27C6E15B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2902F67D" w14:textId="27C6E15B" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71B6E84F" w14:textId="1BC2410E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="71B6E84F" w14:textId="1BC2410E" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="7C4A0D30" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="7C4A0D30" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08A76617" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="08A76617" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19043E40" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="19043E40" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52D4D213" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="52D4D213" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="498BFEEA" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="498BFEEA" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1ABF32F3" w14:textId="531D648A" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1ABF32F3" w14:textId="531D648A" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="341242E2" w14:textId="4C181654" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="341242E2" w14:textId="4C181654" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B9CB131" w14:textId="4E3B1817" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3B9CB131" w14:textId="4E3B1817" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05467D85" w14:textId="06467A6D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="05467D85" w14:textId="06467A6D" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="2EE0E23A" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="2EE0E23A" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FE8DB48" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3FE8DB48" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="633121E9" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="633121E9" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EEECFCB" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6EEECFCB" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
@@ -30218,1233 +32601,1233 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AA68B04" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5AA68B04" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4230046D" w14:textId="7CEB70D0" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4230046D" w14:textId="7CEB70D0" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4726999F" w14:textId="014631A6" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4726999F" w14:textId="014631A6" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2EE0424D" w14:textId="29A6DBAC" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2EE0424D" w14:textId="29A6DBAC" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C5C6022" w14:textId="58D34DE3" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6C5C6022" w14:textId="58D34DE3" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="36A6E223" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="36A6E223" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="045397E0" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="045397E0" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15F626D2" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="15F626D2" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F3C13D8" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1F3C13D8" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5ED1F8DE" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5ED1F8DE" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38454DB7" w14:textId="7D2BC20B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="38454DB7" w14:textId="7D2BC20B" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55C342FD" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="55C342FD" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3EEDD820" w14:textId="6F53CEA7" w:rsidR="004708B8" w:rsidRPr="00CA3BBC" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3EEDD820" w14:textId="6F53CEA7" w:rsidR="0098204C" w:rsidRPr="00CA3BBC" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="458912E6" w14:textId="3D5FD056" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="458912E6" w14:textId="3D5FD056" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="07D92727" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="07D92727" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B3E37B9" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3B3E37B9" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CEC9A55" w14:textId="7292D06A" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5CEC9A55" w14:textId="7292D06A" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21.03.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7BE99ED2" w14:textId="19F1402B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7BE99ED2" w14:textId="19F1402B" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C7EC65D" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4C7EC65D" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="368CC32A" w14:textId="5DF4E520" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="368CC32A" w14:textId="5DF4E520" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5127F2E1" w14:textId="6E41660D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5127F2E1" w14:textId="6E41660D" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="049D8CAA" w14:textId="12C0170F" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="049D8CAA" w14:textId="12C0170F" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B2A10F4" w14:textId="1FC8490A" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2B2A10F4" w14:textId="1FC8490A" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="1CEDD815" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="1CEDD815" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30BFB3B9" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="30BFB3B9" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="455E8EA8" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="455E8EA8" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5793A3B0" w14:textId="034AD74B" w:rsidR="004708B8" w:rsidRPr="00B76E3A" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5793A3B0" w14:textId="034AD74B" w:rsidR="0098204C" w:rsidRPr="00B76E3A" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55FB7CEA" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B76E3A" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="55FB7CEA" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B76E3A" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B76E3A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BF3FF04" w14:textId="2C6E2D01" w:rsidR="004708B8" w:rsidRPr="001277F7" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2BF3FF04" w14:textId="2C6E2D01" w:rsidR="0098204C" w:rsidRPr="001277F7" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A8B0668" w14:textId="7EA8CA84" w:rsidR="004708B8" w:rsidRPr="001277F7" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4A8B0668" w14:textId="7EA8CA84" w:rsidR="0098204C" w:rsidRPr="001277F7" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5281A856" w14:textId="1706E5C1" w:rsidR="004708B8" w:rsidRPr="001277F7" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5281A856" w14:textId="1706E5C1" w:rsidR="0098204C" w:rsidRPr="001277F7" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5323BBF0" w14:textId="61A6B748" w:rsidR="004708B8" w:rsidRPr="001277F7" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5323BBF0" w14:textId="61A6B748" w:rsidR="0098204C" w:rsidRPr="001277F7" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="398B2503" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="398B2503" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B8754B3" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6B8754B3" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41C94446" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="41C94446" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="614D04F9" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B76E3A" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="614D04F9" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B76E3A" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B76E3A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62C4B29A" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B76E3A" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="62C4B29A" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B76E3A" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B76E3A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F04983C" w14:textId="4FD59FFA" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2F04983C" w14:textId="4FD59FFA" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E510AEA" w14:textId="27C1C5FF" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5E510AEA" w14:textId="27C1C5FF" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="661C9A08" w14:textId="19C14D5E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="661C9A08" w14:textId="19C14D5E" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="724E1BBD" w14:textId="53D23D44" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="724E1BBD" w14:textId="53D23D44" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="6CD48759" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="6CD48759" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A17A79A" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2A17A79A" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68858BAB" w14:textId="474F5E8E" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="68858BAB" w14:textId="474F5E8E" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22.03.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="664C1F52" w14:textId="41D7F0FE" w:rsidR="004708B8" w:rsidRPr="00B76E3A" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="664C1F52" w14:textId="41D7F0FE" w:rsidR="0098204C" w:rsidRPr="00B76E3A" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B76E3A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B76E3A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="115A84D4" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B76E3A" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="115A84D4" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B76E3A" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B76E3A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58A66C0A" w14:textId="7B4D21D9" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="58A66C0A" w14:textId="7B4D21D9" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="038BB03A" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="038BB03A" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20F44676" w14:textId="51671994" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="20F44676" w14:textId="51671994" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="563FE8D8" w14:textId="43853A10" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="563FE8D8" w14:textId="43853A10" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="3FDF08F8" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="3FDF08F8" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30595C37" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="30595C37" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F337F9F" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6F337F9F" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25B3E835" w14:textId="6B1C9840" w:rsidR="004708B8" w:rsidRPr="00B76E3A" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="25B3E835" w14:textId="6B1C9840" w:rsidR="0098204C" w:rsidRPr="00B76E3A" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B76E3A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B76E3A">
@@ -31461,2028 +33844,1788 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00B76E3A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01DFED09" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B76E3A" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="01DFED09" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B76E3A" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B76E3A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06951318" w14:textId="3BA6D0D2" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="06951318" w14:textId="3BA6D0D2" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="200A2244" w14:textId="196465EC" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="200A2244" w14:textId="196465EC" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FD14B0F" w14:textId="59186EED" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3FD14B0F" w14:textId="59186EED" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B394A2A" w14:textId="691141EA" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5B394A2A" w14:textId="691141EA" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="7FD1EBF8" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="7FD1EBF8" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A67F885" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6A67F885" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31B5EBC5" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="31B5EBC5" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B22BC29" w14:textId="6A658717" w:rsidR="004708B8" w:rsidRPr="00B76E3A" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2B22BC29" w14:textId="6A658717" w:rsidR="0098204C" w:rsidRPr="00B76E3A" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B76E3A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B76E3A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E993155" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B76E3A" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6E993155" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B76E3A" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B76E3A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06066BD0" w14:textId="65CC4E31" w:rsidR="004708B8" w:rsidRPr="00937850" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="06066BD0" w14:textId="65CC4E31" w:rsidR="0098204C" w:rsidRPr="00937850" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F62CDA0" w14:textId="3D118FF4" w:rsidR="004708B8" w:rsidRPr="00937850" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3F62CDA0" w14:textId="3D118FF4" w:rsidR="0098204C" w:rsidRPr="00937850" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C773C68" w14:textId="09A5EA13" w:rsidR="004708B8" w:rsidRPr="00937850" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4C773C68" w14:textId="09A5EA13" w:rsidR="0098204C" w:rsidRPr="00937850" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15552DFC" w14:textId="561AA07F" w:rsidR="004708B8" w:rsidRPr="00937850" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="15552DFC" w14:textId="561AA07F" w:rsidR="0098204C" w:rsidRPr="00937850" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="002711DC" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="002711DC" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3356779D" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3356779D" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="173798E1" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="173798E1" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4AF0B738" w14:textId="4BE2D4D1" w:rsidR="004708B8" w:rsidRPr="00B76E3A" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4AF0B738" w14:textId="4BE2D4D1" w:rsidR="0098204C" w:rsidRPr="00B76E3A" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B76E3A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B76E3A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FB1C420" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B76E3A" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0FB1C420" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B76E3A" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B76E3A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31BDBEDE" w14:textId="69F65FC0" w:rsidR="004708B8" w:rsidRPr="00937850" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="31BDBEDE" w14:textId="69F65FC0" w:rsidR="0098204C" w:rsidRPr="00937850" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="575009D0" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00937850" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="575009D0" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00937850" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34954F1F" w14:textId="69E0A3BC" w:rsidR="004708B8" w:rsidRPr="00937850" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="34954F1F" w14:textId="69E0A3BC" w:rsidR="0098204C" w:rsidRPr="00937850" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F093AF1" w14:textId="568C16F4" w:rsidR="004708B8" w:rsidRPr="00937850" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5F093AF1" w14:textId="568C16F4" w:rsidR="0098204C" w:rsidRPr="00937850" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="48A2A9E2" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="48A2A9E2" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75E4E462" w14:textId="4166EA69" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="75E4E462" w14:textId="72196311" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="691A7E09" w14:textId="40DD7E39" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="691A7E09" w14:textId="5F699F84" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3861FFDA" w14:textId="1F6A5764" w:rsidR="004708B8" w:rsidRPr="00B76E3A" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...23 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3861FFDA" w14:textId="279377DA" w:rsidR="0098204C" w:rsidRPr="00B76E3A" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22A12D35" w14:textId="4DA758BD" w:rsidR="004708B8" w:rsidRPr="00B76E3A" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="22A12D35" w14:textId="68A1F07A" w:rsidR="0098204C" w:rsidRPr="00B76E3A" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C500A05" w14:textId="1B08A9EE" w:rsidR="004708B8" w:rsidRPr="00393C98" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1C500A05" w14:textId="1B08A9EE" w:rsidR="0098204C" w:rsidRPr="00393C98" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="459D2B65" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00393C98" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="459D2B65" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00393C98" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3996A9C4" w14:textId="6399B6DA" w:rsidR="004708B8" w:rsidRPr="00393C98" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3996A9C4" w14:textId="6399B6DA" w:rsidR="0098204C" w:rsidRPr="00393C98" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63FBA981" w14:textId="5E2C4681" w:rsidR="004708B8" w:rsidRPr="00393C98" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="63FBA981" w14:textId="5E2C4681" w:rsidR="0098204C" w:rsidRPr="00393C98" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="5713C05D" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="5713C05D" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="235C0BC9" w14:textId="1F43FDDF" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="235C0BC9" w14:textId="1F43FDDF" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D3CD8D7" w14:textId="7CC7FD0E" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1D3CD8D7" w14:textId="7CC7FD0E" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42577A23" w14:textId="369DBD83" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...23 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="42577A23" w14:textId="6D500BD9" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30F555E0" w14:textId="5C7C1A50" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="30F555E0" w14:textId="52FA7464" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4EEC3EF3" w14:textId="188F456F" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4EEC3EF3" w14:textId="188F456F" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5837E28B" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5837E28B" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72FAC868" w14:textId="61FF41E1" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="72FAC868" w14:textId="61FF41E1" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19E73CCA" w14:textId="366BD60B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="19E73CCA" w14:textId="366BD60B" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="1E982793" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="1E982793" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BC7855B" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2BC7855B" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2053B82C" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2053B82C" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46CD27BB" w14:textId="2A44BBB1" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="46CD27BB" w14:textId="5B5055FB" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="477A102B" w14:textId="29E12E79" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="477A102B" w14:textId="32E376C6" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30CB164B" w14:textId="435182F6" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="30CB164B" w14:textId="435182F6" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A22F876" w14:textId="227D7DD8" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7A22F876" w14:textId="227D7DD8" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2AA2B011" w14:textId="2BC43DA4" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2AA2B011" w14:textId="2BC43DA4" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E4956EA" w14:textId="57598148" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3E4956EA" w14:textId="57598148" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="33F40D12" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="33F40D12" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E3300B4" w14:textId="04AE9A36" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4E3300B4" w14:textId="149F39A3" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15AECC1D" w14:textId="169E5829" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="15AECC1D" w14:textId="05367125" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6DD93C64" w14:textId="01809F4B" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...31 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6DD93C64" w14:textId="67FA37AA" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41EEA996" w14:textId="3E6BAEC7" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="41EEA996" w14:textId="33FF6609" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7BECB0A3" w14:textId="5D2D3805" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7BECB0A3" w14:textId="5D2D3805" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4241528E" w14:textId="648F012E" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="4241528E" w14:textId="648F012E" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F08D672" w14:textId="2919F9C0" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="5F08D672" w14:textId="2919F9C0" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7117AA7A" w14:textId="1FC17D8D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7117AA7A" w14:textId="1FC17D8D" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="7C571610" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="7C571610" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34A64408" w14:textId="22724CE8" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="34A64408" w14:textId="22724CE8" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="698CAE3C" w14:textId="74B01714" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="698CAE3C" w14:textId="74B01714" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55053100" w14:textId="49CF3AA7" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...47 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="55053100" w14:textId="422BBA10" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4335BAD8" w14:textId="2E09E279" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4335BAD8" w14:textId="3B72E799" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F4DD53E" w14:textId="1C12FA68" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="7F4DD53E" w14:textId="1C12FA68" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67FAB77D" w14:textId="4B4E7608" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="67FAB77D" w14:textId="4B4E7608" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="185E1BF1" w14:textId="2ACB10C1" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="185E1BF1" w14:textId="2ACB10C1" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D62A4BF" w14:textId="5CFA4E42" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6D62A4BF" w14:textId="5CFA4E42" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="66350CD0" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="66350CD0" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33F66C8F" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="33F66C8F" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FAF7076" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0FAF7076" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="587A0F6B" w14:textId="6DD18FDD" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...31 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="587A0F6B" w14:textId="377F9085" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DAE70AF" w14:textId="1B890161" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5DAE70AF" w14:textId="228DDDB8" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0825CA3C" w14:textId="4AAB83B5" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="0825CA3C" w14:textId="4AAB83B5" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CCC1F6A" w14:textId="3EFB52FD" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2CCC1F6A" w14:textId="3EFB52FD" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DDDE127" w14:textId="1F1D3808" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="2DDDE127" w14:textId="1F1D3808" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34135F20" w14:textId="0999111F" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="34135F20" w14:textId="0999111F" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708B8" w:rsidRPr="00B2720D" w14:paraId="0BA5035C" w14:textId="77777777" w:rsidTr="00F948C4">
+      <w:tr w:rsidR="0098204C" w:rsidRPr="00B2720D" w14:paraId="0BA5035C" w14:textId="77777777" w:rsidTr="00F948C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C397EA0" w14:textId="77777777" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="1C397EA0" w14:textId="77777777" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64BB8BA7" w14:textId="77777777" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="64BB8BA7" w14:textId="77777777" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09E9631B" w14:textId="007169B1" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...31 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="09E9631B" w14:textId="02603C83" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="598BC9B1" w14:textId="32B994C6" w:rsidR="004708B8" w:rsidRDefault="004708B8" w:rsidP="004708B8">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="598BC9B1" w14:textId="33D80C65" w:rsidR="0098204C" w:rsidRDefault="0098204C" w:rsidP="0098204C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62C55EB2" w14:textId="6D93052D" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="62C55EB2" w14:textId="6D93052D" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48CEB2DF" w14:textId="67922B46" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="48CEB2DF" w14:textId="67922B46" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CB0F78B" w14:textId="30E8A1C1" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="3CB0F78B" w14:textId="30E8A1C1" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C1563DD" w14:textId="50328F41" w:rsidR="004708B8" w:rsidRPr="00B2720D" w:rsidRDefault="004708B8" w:rsidP="004708B8">
+          <w:p w14:paraId="6C1563DD" w14:textId="50328F41" w:rsidR="0098204C" w:rsidRPr="00B2720D" w:rsidRDefault="0098204C" w:rsidP="0098204C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="547E8D74" w14:textId="77777777" w:rsidR="002054D2" w:rsidRPr="00881078" w:rsidRDefault="002054D2" w:rsidP="00207507"/>
     <w:sectPr w:rsidR="002054D2" w:rsidRPr="00881078" w:rsidSect="00605C01">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
@@ -33526,50 +35669,51 @@
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002C1F6E"/>
     <w:rsid w:val="00001E4B"/>
     <w:rsid w:val="0000284D"/>
     <w:rsid w:val="00014AC6"/>
     <w:rsid w:val="00016617"/>
     <w:rsid w:val="00020302"/>
     <w:rsid w:val="00021ABD"/>
     <w:rsid w:val="00021F70"/>
+    <w:rsid w:val="00022508"/>
     <w:rsid w:val="00022540"/>
     <w:rsid w:val="000229CD"/>
     <w:rsid w:val="000231C3"/>
     <w:rsid w:val="00040DE0"/>
     <w:rsid w:val="00042306"/>
     <w:rsid w:val="0004288B"/>
     <w:rsid w:val="00043582"/>
     <w:rsid w:val="00043ABB"/>
     <w:rsid w:val="000505EE"/>
     <w:rsid w:val="000543C2"/>
     <w:rsid w:val="00056008"/>
     <w:rsid w:val="00060FFC"/>
     <w:rsid w:val="00062EA8"/>
     <w:rsid w:val="00063538"/>
     <w:rsid w:val="0006363E"/>
     <w:rsid w:val="00063844"/>
     <w:rsid w:val="00063B89"/>
     <w:rsid w:val="0006440E"/>
     <w:rsid w:val="000677BF"/>
     <w:rsid w:val="00067990"/>
     <w:rsid w:val="00072266"/>
     <w:rsid w:val="00074669"/>
     <w:rsid w:val="000746BC"/>
     <w:rsid w:val="00074C6E"/>
     <w:rsid w:val="00077AE4"/>
@@ -33584,60 +35728,63 @@
     <w:rsid w:val="000A7E0A"/>
     <w:rsid w:val="000B33F0"/>
     <w:rsid w:val="000B59CD"/>
     <w:rsid w:val="000B6F31"/>
     <w:rsid w:val="000B7211"/>
     <w:rsid w:val="000C30E7"/>
     <w:rsid w:val="000C5385"/>
     <w:rsid w:val="000C6CE8"/>
     <w:rsid w:val="000D0564"/>
     <w:rsid w:val="000D111E"/>
     <w:rsid w:val="000D6427"/>
     <w:rsid w:val="000D78A3"/>
     <w:rsid w:val="000E080F"/>
     <w:rsid w:val="000F4FAB"/>
     <w:rsid w:val="000F75F1"/>
     <w:rsid w:val="000F7F8F"/>
     <w:rsid w:val="00102722"/>
     <w:rsid w:val="001041AE"/>
     <w:rsid w:val="001048B8"/>
     <w:rsid w:val="00104BED"/>
     <w:rsid w:val="00111919"/>
     <w:rsid w:val="0011764E"/>
     <w:rsid w:val="00122AE8"/>
     <w:rsid w:val="00122D04"/>
     <w:rsid w:val="001242C7"/>
+    <w:rsid w:val="00127212"/>
     <w:rsid w:val="001277F7"/>
     <w:rsid w:val="00127AB7"/>
     <w:rsid w:val="0013615D"/>
     <w:rsid w:val="001370C5"/>
     <w:rsid w:val="001431ED"/>
     <w:rsid w:val="001440DC"/>
     <w:rsid w:val="00144C01"/>
     <w:rsid w:val="00151EA0"/>
     <w:rsid w:val="001528FE"/>
+    <w:rsid w:val="00153699"/>
     <w:rsid w:val="00155184"/>
+    <w:rsid w:val="00160553"/>
     <w:rsid w:val="001673F8"/>
     <w:rsid w:val="001678D6"/>
     <w:rsid w:val="00171EBE"/>
     <w:rsid w:val="00172227"/>
     <w:rsid w:val="001726F3"/>
     <w:rsid w:val="00175939"/>
     <w:rsid w:val="00177FDC"/>
     <w:rsid w:val="0018046F"/>
     <w:rsid w:val="00186450"/>
     <w:rsid w:val="0019391C"/>
     <w:rsid w:val="001942C3"/>
     <w:rsid w:val="0019740F"/>
     <w:rsid w:val="00197A74"/>
     <w:rsid w:val="001B0C5C"/>
     <w:rsid w:val="001B1F18"/>
     <w:rsid w:val="001B6A7C"/>
     <w:rsid w:val="001B7FA2"/>
     <w:rsid w:val="001C078D"/>
     <w:rsid w:val="001C4538"/>
     <w:rsid w:val="001C457F"/>
     <w:rsid w:val="001C5B44"/>
     <w:rsid w:val="001D1C84"/>
     <w:rsid w:val="001D4228"/>
     <w:rsid w:val="001D462D"/>
     <w:rsid w:val="001D7018"/>
@@ -33650,82 +35797,87 @@
     <w:rsid w:val="001F6AA6"/>
     <w:rsid w:val="001F6F28"/>
     <w:rsid w:val="001F6F94"/>
     <w:rsid w:val="00200502"/>
     <w:rsid w:val="00201ABA"/>
     <w:rsid w:val="00202FD9"/>
     <w:rsid w:val="00203CD0"/>
     <w:rsid w:val="002054D2"/>
     <w:rsid w:val="00205936"/>
     <w:rsid w:val="00206D77"/>
     <w:rsid w:val="00207507"/>
     <w:rsid w:val="00214974"/>
     <w:rsid w:val="0022172D"/>
     <w:rsid w:val="00222B79"/>
     <w:rsid w:val="00223BF4"/>
     <w:rsid w:val="0024696E"/>
     <w:rsid w:val="002510B9"/>
     <w:rsid w:val="00254646"/>
     <w:rsid w:val="00257737"/>
     <w:rsid w:val="0026430C"/>
     <w:rsid w:val="002720EF"/>
     <w:rsid w:val="0027581A"/>
     <w:rsid w:val="00275F2A"/>
     <w:rsid w:val="00282B8B"/>
     <w:rsid w:val="0028508B"/>
+    <w:rsid w:val="0029148C"/>
     <w:rsid w:val="002920D6"/>
     <w:rsid w:val="002931B7"/>
     <w:rsid w:val="002964EE"/>
     <w:rsid w:val="0029755C"/>
     <w:rsid w:val="0029767D"/>
     <w:rsid w:val="002A4C34"/>
+    <w:rsid w:val="002A58B2"/>
+    <w:rsid w:val="002A6D3A"/>
     <w:rsid w:val="002B3993"/>
     <w:rsid w:val="002B7914"/>
     <w:rsid w:val="002C1F6E"/>
     <w:rsid w:val="002C38DA"/>
     <w:rsid w:val="002C622C"/>
     <w:rsid w:val="002C6B8B"/>
     <w:rsid w:val="002D3FF0"/>
     <w:rsid w:val="002D433F"/>
     <w:rsid w:val="002D6EBD"/>
     <w:rsid w:val="002E174E"/>
     <w:rsid w:val="002E1969"/>
     <w:rsid w:val="002E2B86"/>
     <w:rsid w:val="002E4742"/>
     <w:rsid w:val="002E64CE"/>
+    <w:rsid w:val="002E7A52"/>
     <w:rsid w:val="002F0965"/>
     <w:rsid w:val="002F0980"/>
     <w:rsid w:val="002F1354"/>
     <w:rsid w:val="002F5540"/>
     <w:rsid w:val="002F7CA0"/>
     <w:rsid w:val="002F7DAD"/>
     <w:rsid w:val="003009E7"/>
     <w:rsid w:val="003025E3"/>
     <w:rsid w:val="00304B4C"/>
     <w:rsid w:val="0030640D"/>
     <w:rsid w:val="00310E81"/>
     <w:rsid w:val="003162F1"/>
+    <w:rsid w:val="003247E5"/>
     <w:rsid w:val="003308FE"/>
     <w:rsid w:val="00331B0C"/>
     <w:rsid w:val="0033548E"/>
     <w:rsid w:val="00335E5A"/>
     <w:rsid w:val="00337491"/>
     <w:rsid w:val="003378B8"/>
     <w:rsid w:val="00337BF5"/>
     <w:rsid w:val="003418BD"/>
     <w:rsid w:val="00343AFD"/>
     <w:rsid w:val="00345145"/>
     <w:rsid w:val="0034560C"/>
     <w:rsid w:val="00346FBB"/>
     <w:rsid w:val="00350494"/>
     <w:rsid w:val="00351968"/>
     <w:rsid w:val="00356AD3"/>
     <w:rsid w:val="00360A3D"/>
     <w:rsid w:val="003640B2"/>
     <w:rsid w:val="003667BE"/>
     <w:rsid w:val="003708C0"/>
     <w:rsid w:val="0037281A"/>
     <w:rsid w:val="003729C1"/>
     <w:rsid w:val="00375E6C"/>
     <w:rsid w:val="0037636B"/>
     <w:rsid w:val="00376590"/>
     <w:rsid w:val="00376C10"/>
@@ -33831,54 +35983,56 @@
     <w:rsid w:val="005159DC"/>
     <w:rsid w:val="00517EB4"/>
     <w:rsid w:val="00524CB4"/>
     <w:rsid w:val="005302CD"/>
     <w:rsid w:val="005351C2"/>
     <w:rsid w:val="005367D3"/>
     <w:rsid w:val="005414BC"/>
     <w:rsid w:val="0054246F"/>
     <w:rsid w:val="0054262D"/>
     <w:rsid w:val="005429FD"/>
     <w:rsid w:val="00543CA5"/>
     <w:rsid w:val="00543E96"/>
     <w:rsid w:val="005447E6"/>
     <w:rsid w:val="00545625"/>
     <w:rsid w:val="00545F55"/>
     <w:rsid w:val="0055465B"/>
     <w:rsid w:val="005577A2"/>
     <w:rsid w:val="005579E8"/>
     <w:rsid w:val="00557AEC"/>
     <w:rsid w:val="00561178"/>
     <w:rsid w:val="00562E21"/>
     <w:rsid w:val="00565BBC"/>
     <w:rsid w:val="00566C22"/>
     <w:rsid w:val="005676D8"/>
     <w:rsid w:val="0057247C"/>
+    <w:rsid w:val="00574130"/>
     <w:rsid w:val="005802D7"/>
     <w:rsid w:val="005845E8"/>
     <w:rsid w:val="00586FCD"/>
     <w:rsid w:val="00590122"/>
+    <w:rsid w:val="00591077"/>
     <w:rsid w:val="00591CB1"/>
     <w:rsid w:val="0059284E"/>
     <w:rsid w:val="00594C54"/>
     <w:rsid w:val="005952FD"/>
     <w:rsid w:val="005A374C"/>
     <w:rsid w:val="005A7742"/>
     <w:rsid w:val="005B2AA7"/>
     <w:rsid w:val="005B35C4"/>
     <w:rsid w:val="005B74D5"/>
     <w:rsid w:val="005C46FE"/>
     <w:rsid w:val="005C5865"/>
     <w:rsid w:val="005C72B8"/>
     <w:rsid w:val="005C7829"/>
     <w:rsid w:val="005D0169"/>
     <w:rsid w:val="005D2D98"/>
     <w:rsid w:val="005D445F"/>
     <w:rsid w:val="005D61E1"/>
     <w:rsid w:val="005D65A0"/>
     <w:rsid w:val="005D73BF"/>
     <w:rsid w:val="005D7E2B"/>
     <w:rsid w:val="005E0821"/>
     <w:rsid w:val="005E17E2"/>
     <w:rsid w:val="005E25F7"/>
     <w:rsid w:val="005E704E"/>
     <w:rsid w:val="005F35E5"/>
@@ -33887,86 +36041,91 @@
     <w:rsid w:val="0060115C"/>
     <w:rsid w:val="00603DB0"/>
     <w:rsid w:val="00605C01"/>
     <w:rsid w:val="0061057C"/>
     <w:rsid w:val="006109C4"/>
     <w:rsid w:val="00611ABA"/>
     <w:rsid w:val="0061629C"/>
     <w:rsid w:val="00626E57"/>
     <w:rsid w:val="00634554"/>
     <w:rsid w:val="0064056B"/>
     <w:rsid w:val="00645309"/>
     <w:rsid w:val="00656D2D"/>
     <w:rsid w:val="0065750B"/>
     <w:rsid w:val="006608FC"/>
     <w:rsid w:val="0066680B"/>
     <w:rsid w:val="006716B9"/>
     <w:rsid w:val="00672B24"/>
     <w:rsid w:val="00672D8C"/>
     <w:rsid w:val="006736CB"/>
     <w:rsid w:val="006758BB"/>
     <w:rsid w:val="006770C7"/>
     <w:rsid w:val="00681CCA"/>
     <w:rsid w:val="006827C6"/>
     <w:rsid w:val="00686B2F"/>
     <w:rsid w:val="00686DE5"/>
+    <w:rsid w:val="00690281"/>
     <w:rsid w:val="006920AF"/>
     <w:rsid w:val="00693111"/>
     <w:rsid w:val="0069368E"/>
+    <w:rsid w:val="006951F2"/>
     <w:rsid w:val="00695B8C"/>
     <w:rsid w:val="00696C51"/>
     <w:rsid w:val="006A2E6F"/>
     <w:rsid w:val="006A30F1"/>
     <w:rsid w:val="006A4E0A"/>
     <w:rsid w:val="006A6736"/>
     <w:rsid w:val="006B0920"/>
     <w:rsid w:val="006B1B46"/>
     <w:rsid w:val="006B226E"/>
     <w:rsid w:val="006B2A30"/>
     <w:rsid w:val="006B2A42"/>
     <w:rsid w:val="006B2D2F"/>
     <w:rsid w:val="006B42D6"/>
     <w:rsid w:val="006B4C93"/>
     <w:rsid w:val="006C18B4"/>
     <w:rsid w:val="006C251E"/>
     <w:rsid w:val="006C3C05"/>
     <w:rsid w:val="006C4560"/>
     <w:rsid w:val="006C465E"/>
     <w:rsid w:val="006C4AD2"/>
     <w:rsid w:val="006C6915"/>
+    <w:rsid w:val="006D30B5"/>
     <w:rsid w:val="006D6844"/>
     <w:rsid w:val="006D7A76"/>
     <w:rsid w:val="006E1D38"/>
     <w:rsid w:val="006E3943"/>
     <w:rsid w:val="006E57BD"/>
     <w:rsid w:val="006E6964"/>
     <w:rsid w:val="006E7389"/>
     <w:rsid w:val="006E77B8"/>
     <w:rsid w:val="006F1BDB"/>
     <w:rsid w:val="006F54AD"/>
+    <w:rsid w:val="006F56DC"/>
     <w:rsid w:val="006F6281"/>
     <w:rsid w:val="006F7DB6"/>
+    <w:rsid w:val="00707AE5"/>
     <w:rsid w:val="007108F2"/>
     <w:rsid w:val="0071103F"/>
     <w:rsid w:val="00711698"/>
     <w:rsid w:val="00712BA3"/>
     <w:rsid w:val="00720C25"/>
     <w:rsid w:val="00726508"/>
     <w:rsid w:val="007304D5"/>
     <w:rsid w:val="00741FA9"/>
     <w:rsid w:val="0074404B"/>
     <w:rsid w:val="00744684"/>
     <w:rsid w:val="0074664E"/>
     <w:rsid w:val="0074696B"/>
     <w:rsid w:val="007477B1"/>
     <w:rsid w:val="007505AC"/>
     <w:rsid w:val="00750C77"/>
     <w:rsid w:val="007510ED"/>
     <w:rsid w:val="00751D4E"/>
     <w:rsid w:val="00752CEC"/>
     <w:rsid w:val="00753569"/>
     <w:rsid w:val="00755A00"/>
     <w:rsid w:val="007633A4"/>
     <w:rsid w:val="00763BEA"/>
     <w:rsid w:val="00764FB6"/>
     <w:rsid w:val="00766019"/>
     <w:rsid w:val="007674E2"/>
@@ -33977,93 +36136,97 @@
     <w:rsid w:val="0079246C"/>
     <w:rsid w:val="007934C3"/>
     <w:rsid w:val="007A2D55"/>
     <w:rsid w:val="007A5A4D"/>
     <w:rsid w:val="007A62BA"/>
     <w:rsid w:val="007A6361"/>
     <w:rsid w:val="007B162F"/>
     <w:rsid w:val="007B56C5"/>
     <w:rsid w:val="007C60BF"/>
     <w:rsid w:val="007D0157"/>
     <w:rsid w:val="007D05CE"/>
     <w:rsid w:val="007D1654"/>
     <w:rsid w:val="007D1D7C"/>
     <w:rsid w:val="007D375C"/>
     <w:rsid w:val="007D59D5"/>
     <w:rsid w:val="007D5F5E"/>
     <w:rsid w:val="007D6F09"/>
     <w:rsid w:val="007E014C"/>
     <w:rsid w:val="007E62A8"/>
     <w:rsid w:val="007E68F0"/>
     <w:rsid w:val="007F20E9"/>
     <w:rsid w:val="007F5C12"/>
     <w:rsid w:val="0080029A"/>
     <w:rsid w:val="008002AE"/>
     <w:rsid w:val="008008AE"/>
+    <w:rsid w:val="0080487F"/>
     <w:rsid w:val="00804AE0"/>
     <w:rsid w:val="0080708F"/>
     <w:rsid w:val="00810CB5"/>
     <w:rsid w:val="008134DA"/>
+    <w:rsid w:val="00816B8F"/>
     <w:rsid w:val="00821047"/>
     <w:rsid w:val="00823284"/>
     <w:rsid w:val="00823293"/>
     <w:rsid w:val="00824F10"/>
     <w:rsid w:val="0082507C"/>
     <w:rsid w:val="0082661A"/>
     <w:rsid w:val="00827D14"/>
     <w:rsid w:val="00832501"/>
     <w:rsid w:val="0083487C"/>
     <w:rsid w:val="00834D19"/>
     <w:rsid w:val="00840889"/>
     <w:rsid w:val="00845785"/>
     <w:rsid w:val="00847AC3"/>
     <w:rsid w:val="0085461A"/>
     <w:rsid w:val="00860CDA"/>
     <w:rsid w:val="008634FA"/>
     <w:rsid w:val="0086617A"/>
+    <w:rsid w:val="008672EC"/>
     <w:rsid w:val="00867AE1"/>
     <w:rsid w:val="00867B1C"/>
     <w:rsid w:val="008704A2"/>
     <w:rsid w:val="0087059C"/>
     <w:rsid w:val="0087169F"/>
     <w:rsid w:val="0087682A"/>
     <w:rsid w:val="00876EF6"/>
     <w:rsid w:val="00877A94"/>
     <w:rsid w:val="0088024E"/>
     <w:rsid w:val="00881078"/>
     <w:rsid w:val="00884C54"/>
     <w:rsid w:val="0088563C"/>
     <w:rsid w:val="00887A14"/>
     <w:rsid w:val="00891AE7"/>
     <w:rsid w:val="00892FF6"/>
     <w:rsid w:val="00893891"/>
     <w:rsid w:val="00896960"/>
     <w:rsid w:val="00897AE0"/>
     <w:rsid w:val="008A4431"/>
     <w:rsid w:val="008A537E"/>
     <w:rsid w:val="008A559B"/>
     <w:rsid w:val="008A6845"/>
+    <w:rsid w:val="008A6C01"/>
     <w:rsid w:val="008B2A75"/>
     <w:rsid w:val="008B5D1D"/>
     <w:rsid w:val="008B6097"/>
     <w:rsid w:val="008C0BFD"/>
     <w:rsid w:val="008C3143"/>
     <w:rsid w:val="008C31BD"/>
     <w:rsid w:val="008C79E8"/>
     <w:rsid w:val="008D0664"/>
     <w:rsid w:val="008D5992"/>
     <w:rsid w:val="008D5EEC"/>
     <w:rsid w:val="008E5187"/>
     <w:rsid w:val="008E5796"/>
     <w:rsid w:val="008E7548"/>
     <w:rsid w:val="008F0C17"/>
     <w:rsid w:val="008F0F37"/>
     <w:rsid w:val="008F1A03"/>
     <w:rsid w:val="008F5C72"/>
     <w:rsid w:val="00901721"/>
     <w:rsid w:val="009017C2"/>
     <w:rsid w:val="00910A31"/>
     <w:rsid w:val="009115A2"/>
     <w:rsid w:val="00913E63"/>
     <w:rsid w:val="009201B4"/>
     <w:rsid w:val="00921686"/>
     <w:rsid w:val="00924D0D"/>
@@ -34072,301 +36235,315 @@
     <w:rsid w:val="0093386C"/>
     <w:rsid w:val="0093624F"/>
     <w:rsid w:val="00937850"/>
     <w:rsid w:val="00940815"/>
     <w:rsid w:val="009408A4"/>
     <w:rsid w:val="009410AB"/>
     <w:rsid w:val="0094134E"/>
     <w:rsid w:val="00945D75"/>
     <w:rsid w:val="009502DC"/>
     <w:rsid w:val="0095177A"/>
     <w:rsid w:val="0095408B"/>
     <w:rsid w:val="009551C9"/>
     <w:rsid w:val="00955F58"/>
     <w:rsid w:val="00956F5D"/>
     <w:rsid w:val="009610E7"/>
     <w:rsid w:val="00961C5A"/>
     <w:rsid w:val="00963A84"/>
     <w:rsid w:val="00963B89"/>
     <w:rsid w:val="00964B8A"/>
     <w:rsid w:val="00966BD0"/>
     <w:rsid w:val="00972134"/>
     <w:rsid w:val="009728D4"/>
     <w:rsid w:val="00975042"/>
     <w:rsid w:val="0097543B"/>
     <w:rsid w:val="00977541"/>
+    <w:rsid w:val="0098204C"/>
     <w:rsid w:val="00985C44"/>
     <w:rsid w:val="00992628"/>
     <w:rsid w:val="00994A89"/>
     <w:rsid w:val="00997699"/>
     <w:rsid w:val="00997A8B"/>
     <w:rsid w:val="009A002F"/>
     <w:rsid w:val="009A410F"/>
     <w:rsid w:val="009A6437"/>
     <w:rsid w:val="009A6C11"/>
     <w:rsid w:val="009B3A73"/>
     <w:rsid w:val="009B5A41"/>
+    <w:rsid w:val="009C0EB5"/>
     <w:rsid w:val="009C25E6"/>
     <w:rsid w:val="009C44EF"/>
     <w:rsid w:val="009C7ED4"/>
     <w:rsid w:val="009D3E19"/>
     <w:rsid w:val="009D5072"/>
     <w:rsid w:val="009D6B80"/>
     <w:rsid w:val="009E0E25"/>
     <w:rsid w:val="009E2CAA"/>
     <w:rsid w:val="009E4F00"/>
     <w:rsid w:val="009E6FA0"/>
     <w:rsid w:val="009F0FE3"/>
     <w:rsid w:val="009F2B04"/>
     <w:rsid w:val="009F4B89"/>
     <w:rsid w:val="009F5194"/>
     <w:rsid w:val="00A02249"/>
     <w:rsid w:val="00A03F23"/>
     <w:rsid w:val="00A048AB"/>
     <w:rsid w:val="00A149BB"/>
     <w:rsid w:val="00A17A5A"/>
     <w:rsid w:val="00A20904"/>
+    <w:rsid w:val="00A25680"/>
     <w:rsid w:val="00A27034"/>
     <w:rsid w:val="00A27B1F"/>
     <w:rsid w:val="00A27F34"/>
     <w:rsid w:val="00A30D89"/>
     <w:rsid w:val="00A3773F"/>
     <w:rsid w:val="00A4110C"/>
     <w:rsid w:val="00A411B7"/>
     <w:rsid w:val="00A4321A"/>
     <w:rsid w:val="00A44C29"/>
     <w:rsid w:val="00A45641"/>
     <w:rsid w:val="00A4605E"/>
     <w:rsid w:val="00A54536"/>
     <w:rsid w:val="00A55B1C"/>
     <w:rsid w:val="00A57F50"/>
     <w:rsid w:val="00A62B8A"/>
     <w:rsid w:val="00A62B95"/>
     <w:rsid w:val="00A63C47"/>
     <w:rsid w:val="00A647E8"/>
     <w:rsid w:val="00A67349"/>
     <w:rsid w:val="00A7485E"/>
     <w:rsid w:val="00A8049E"/>
     <w:rsid w:val="00A80876"/>
     <w:rsid w:val="00A83475"/>
     <w:rsid w:val="00A86BD4"/>
     <w:rsid w:val="00A87836"/>
     <w:rsid w:val="00A90AD5"/>
     <w:rsid w:val="00A91E04"/>
     <w:rsid w:val="00A92101"/>
     <w:rsid w:val="00A93276"/>
     <w:rsid w:val="00A965AD"/>
     <w:rsid w:val="00A969F1"/>
     <w:rsid w:val="00AA5E79"/>
     <w:rsid w:val="00AB21AE"/>
     <w:rsid w:val="00AB4064"/>
     <w:rsid w:val="00AB5CD3"/>
     <w:rsid w:val="00AC1E26"/>
     <w:rsid w:val="00AC1EE5"/>
     <w:rsid w:val="00AC1EE6"/>
+    <w:rsid w:val="00AC1F65"/>
     <w:rsid w:val="00AC6B42"/>
     <w:rsid w:val="00AC7C95"/>
     <w:rsid w:val="00AD0D5D"/>
     <w:rsid w:val="00AD3427"/>
     <w:rsid w:val="00AD5920"/>
     <w:rsid w:val="00AD77F9"/>
     <w:rsid w:val="00AE4D6D"/>
     <w:rsid w:val="00AF0DBF"/>
     <w:rsid w:val="00AF2F6B"/>
     <w:rsid w:val="00AF6CD5"/>
     <w:rsid w:val="00AF7A59"/>
     <w:rsid w:val="00B04355"/>
     <w:rsid w:val="00B14EF5"/>
+    <w:rsid w:val="00B1583D"/>
     <w:rsid w:val="00B23D98"/>
+    <w:rsid w:val="00B23FBB"/>
     <w:rsid w:val="00B257CC"/>
     <w:rsid w:val="00B2720D"/>
     <w:rsid w:val="00B320C9"/>
     <w:rsid w:val="00B323BD"/>
     <w:rsid w:val="00B334EC"/>
     <w:rsid w:val="00B356D5"/>
     <w:rsid w:val="00B359CA"/>
     <w:rsid w:val="00B42187"/>
     <w:rsid w:val="00B42611"/>
     <w:rsid w:val="00B454BD"/>
     <w:rsid w:val="00B561B9"/>
     <w:rsid w:val="00B5726D"/>
     <w:rsid w:val="00B6535A"/>
     <w:rsid w:val="00B71FDB"/>
     <w:rsid w:val="00B728D7"/>
     <w:rsid w:val="00B74840"/>
     <w:rsid w:val="00B76E3A"/>
     <w:rsid w:val="00B80664"/>
+    <w:rsid w:val="00B816F9"/>
     <w:rsid w:val="00B8498C"/>
+    <w:rsid w:val="00B85B37"/>
     <w:rsid w:val="00B86FAE"/>
     <w:rsid w:val="00B87723"/>
     <w:rsid w:val="00B8795F"/>
     <w:rsid w:val="00B92582"/>
     <w:rsid w:val="00B92F68"/>
     <w:rsid w:val="00BA3557"/>
     <w:rsid w:val="00BA483D"/>
     <w:rsid w:val="00BA4DB8"/>
     <w:rsid w:val="00BA70AE"/>
     <w:rsid w:val="00BB0C33"/>
     <w:rsid w:val="00BB22C9"/>
     <w:rsid w:val="00BB3449"/>
     <w:rsid w:val="00BB34A0"/>
     <w:rsid w:val="00BC2E41"/>
     <w:rsid w:val="00BC5986"/>
     <w:rsid w:val="00BC5C91"/>
     <w:rsid w:val="00BD4CF5"/>
     <w:rsid w:val="00BD5D4E"/>
     <w:rsid w:val="00BD6468"/>
     <w:rsid w:val="00BD673E"/>
     <w:rsid w:val="00BD76E1"/>
     <w:rsid w:val="00BD7D32"/>
     <w:rsid w:val="00BE04AC"/>
     <w:rsid w:val="00BE223A"/>
     <w:rsid w:val="00BE3C41"/>
     <w:rsid w:val="00BE44B0"/>
     <w:rsid w:val="00BF4594"/>
     <w:rsid w:val="00BF515D"/>
     <w:rsid w:val="00BF5E87"/>
     <w:rsid w:val="00BF61E3"/>
     <w:rsid w:val="00BF7B29"/>
     <w:rsid w:val="00C01659"/>
     <w:rsid w:val="00C01FB5"/>
+    <w:rsid w:val="00C03DBE"/>
     <w:rsid w:val="00C0780B"/>
     <w:rsid w:val="00C079DD"/>
     <w:rsid w:val="00C12D4F"/>
     <w:rsid w:val="00C15D24"/>
     <w:rsid w:val="00C170BB"/>
     <w:rsid w:val="00C2528C"/>
     <w:rsid w:val="00C25778"/>
     <w:rsid w:val="00C26455"/>
     <w:rsid w:val="00C266BD"/>
     <w:rsid w:val="00C2781F"/>
     <w:rsid w:val="00C27997"/>
     <w:rsid w:val="00C347D2"/>
     <w:rsid w:val="00C37E43"/>
     <w:rsid w:val="00C47B51"/>
     <w:rsid w:val="00C517B6"/>
     <w:rsid w:val="00C53D76"/>
     <w:rsid w:val="00C55137"/>
     <w:rsid w:val="00C5793F"/>
+    <w:rsid w:val="00C6524F"/>
     <w:rsid w:val="00C67F2E"/>
     <w:rsid w:val="00C73A6F"/>
     <w:rsid w:val="00C75AAC"/>
     <w:rsid w:val="00C75CA8"/>
     <w:rsid w:val="00C84172"/>
+    <w:rsid w:val="00C86A31"/>
     <w:rsid w:val="00C91882"/>
     <w:rsid w:val="00C92775"/>
     <w:rsid w:val="00C93CA1"/>
     <w:rsid w:val="00C945BF"/>
     <w:rsid w:val="00C9648F"/>
     <w:rsid w:val="00CA31DF"/>
     <w:rsid w:val="00CA3BBC"/>
     <w:rsid w:val="00CA64CB"/>
     <w:rsid w:val="00CA6865"/>
     <w:rsid w:val="00CA6898"/>
     <w:rsid w:val="00CA78DE"/>
     <w:rsid w:val="00CB0E13"/>
     <w:rsid w:val="00CB2F92"/>
     <w:rsid w:val="00CB35C4"/>
     <w:rsid w:val="00CB3E81"/>
     <w:rsid w:val="00CB5165"/>
     <w:rsid w:val="00CB682C"/>
     <w:rsid w:val="00CB73B8"/>
     <w:rsid w:val="00CC0C69"/>
     <w:rsid w:val="00CC65C7"/>
     <w:rsid w:val="00CD1DCF"/>
     <w:rsid w:val="00CD4B70"/>
     <w:rsid w:val="00CD6D78"/>
     <w:rsid w:val="00CE11EB"/>
     <w:rsid w:val="00CE2263"/>
     <w:rsid w:val="00CE22AD"/>
     <w:rsid w:val="00CE2C3F"/>
     <w:rsid w:val="00CE3993"/>
     <w:rsid w:val="00CE4ADA"/>
     <w:rsid w:val="00CF09D6"/>
     <w:rsid w:val="00CF0D2C"/>
     <w:rsid w:val="00CF1697"/>
     <w:rsid w:val="00CF2603"/>
     <w:rsid w:val="00CF4884"/>
     <w:rsid w:val="00D0587C"/>
     <w:rsid w:val="00D10D15"/>
     <w:rsid w:val="00D14595"/>
     <w:rsid w:val="00D21250"/>
     <w:rsid w:val="00D22A3B"/>
     <w:rsid w:val="00D233FB"/>
     <w:rsid w:val="00D26AEB"/>
     <w:rsid w:val="00D31719"/>
+    <w:rsid w:val="00D33E12"/>
     <w:rsid w:val="00D362C8"/>
     <w:rsid w:val="00D42848"/>
     <w:rsid w:val="00D44896"/>
     <w:rsid w:val="00D47A27"/>
+    <w:rsid w:val="00D61E0E"/>
     <w:rsid w:val="00D62018"/>
     <w:rsid w:val="00D63148"/>
     <w:rsid w:val="00D64E3D"/>
     <w:rsid w:val="00D72005"/>
     <w:rsid w:val="00D720E7"/>
     <w:rsid w:val="00D7241B"/>
     <w:rsid w:val="00D7257C"/>
     <w:rsid w:val="00D73700"/>
     <w:rsid w:val="00D741F6"/>
     <w:rsid w:val="00D80E40"/>
     <w:rsid w:val="00D83D7E"/>
     <w:rsid w:val="00D844D9"/>
     <w:rsid w:val="00D86F72"/>
     <w:rsid w:val="00D87042"/>
     <w:rsid w:val="00D87B1A"/>
     <w:rsid w:val="00D91029"/>
     <w:rsid w:val="00D91981"/>
     <w:rsid w:val="00D91AE0"/>
     <w:rsid w:val="00DA050C"/>
     <w:rsid w:val="00DA3D28"/>
     <w:rsid w:val="00DA4574"/>
     <w:rsid w:val="00DA7ECE"/>
     <w:rsid w:val="00DB10A1"/>
     <w:rsid w:val="00DB24CD"/>
     <w:rsid w:val="00DB2ABD"/>
     <w:rsid w:val="00DB680D"/>
     <w:rsid w:val="00DC15CF"/>
     <w:rsid w:val="00DC26B6"/>
     <w:rsid w:val="00DC4BB3"/>
     <w:rsid w:val="00DD5115"/>
     <w:rsid w:val="00DD53FA"/>
     <w:rsid w:val="00DD5F50"/>
     <w:rsid w:val="00DD61FB"/>
     <w:rsid w:val="00DE1837"/>
     <w:rsid w:val="00DE22B6"/>
     <w:rsid w:val="00DE5C89"/>
     <w:rsid w:val="00DE6798"/>
     <w:rsid w:val="00DE7BE7"/>
     <w:rsid w:val="00DF226C"/>
     <w:rsid w:val="00DF2EA2"/>
     <w:rsid w:val="00DF2FF8"/>
     <w:rsid w:val="00DF3A5D"/>
     <w:rsid w:val="00DF505A"/>
     <w:rsid w:val="00E01CA9"/>
     <w:rsid w:val="00E020F5"/>
     <w:rsid w:val="00E03FC3"/>
     <w:rsid w:val="00E047B5"/>
+    <w:rsid w:val="00E10DE2"/>
     <w:rsid w:val="00E15C7C"/>
     <w:rsid w:val="00E213D1"/>
     <w:rsid w:val="00E21D49"/>
     <w:rsid w:val="00E274CF"/>
     <w:rsid w:val="00E30266"/>
     <w:rsid w:val="00E41D8D"/>
     <w:rsid w:val="00E458C2"/>
     <w:rsid w:val="00E466F5"/>
     <w:rsid w:val="00E46729"/>
     <w:rsid w:val="00E53023"/>
     <w:rsid w:val="00E569CE"/>
     <w:rsid w:val="00E613F7"/>
     <w:rsid w:val="00E62902"/>
     <w:rsid w:val="00E64B6C"/>
     <w:rsid w:val="00E6558D"/>
     <w:rsid w:val="00E70CE4"/>
     <w:rsid w:val="00E73731"/>
     <w:rsid w:val="00E74BD8"/>
     <w:rsid w:val="00E76680"/>
     <w:rsid w:val="00E7737E"/>
     <w:rsid w:val="00E803D8"/>
     <w:rsid w:val="00E808E0"/>
     <w:rsid w:val="00E8686A"/>
     <w:rsid w:val="00E92726"/>
     <w:rsid w:val="00E963A4"/>
@@ -34384,76 +36561,78 @@
     <w:rsid w:val="00ED5434"/>
     <w:rsid w:val="00EE2CA1"/>
     <w:rsid w:val="00EE2F33"/>
     <w:rsid w:val="00EE4E9C"/>
     <w:rsid w:val="00EE6EF3"/>
     <w:rsid w:val="00EF14CA"/>
     <w:rsid w:val="00EF22FF"/>
     <w:rsid w:val="00EF2530"/>
     <w:rsid w:val="00EF682F"/>
     <w:rsid w:val="00EF6D09"/>
     <w:rsid w:val="00F0109D"/>
     <w:rsid w:val="00F06BDD"/>
     <w:rsid w:val="00F1408E"/>
     <w:rsid w:val="00F1778A"/>
     <w:rsid w:val="00F17BE8"/>
     <w:rsid w:val="00F21C5B"/>
     <w:rsid w:val="00F21DF7"/>
     <w:rsid w:val="00F2245F"/>
     <w:rsid w:val="00F234A1"/>
     <w:rsid w:val="00F27FA8"/>
     <w:rsid w:val="00F3088A"/>
     <w:rsid w:val="00F31214"/>
     <w:rsid w:val="00F31D42"/>
     <w:rsid w:val="00F3650A"/>
     <w:rsid w:val="00F47C6C"/>
+    <w:rsid w:val="00F50AAE"/>
     <w:rsid w:val="00F51E70"/>
     <w:rsid w:val="00F51F9E"/>
     <w:rsid w:val="00F64BC9"/>
     <w:rsid w:val="00F6588C"/>
     <w:rsid w:val="00F67119"/>
     <w:rsid w:val="00F673E5"/>
     <w:rsid w:val="00F678E8"/>
     <w:rsid w:val="00F70907"/>
     <w:rsid w:val="00F71103"/>
     <w:rsid w:val="00F73C70"/>
     <w:rsid w:val="00F74E12"/>
     <w:rsid w:val="00F8022B"/>
     <w:rsid w:val="00F80C1C"/>
     <w:rsid w:val="00F82D34"/>
     <w:rsid w:val="00F85075"/>
     <w:rsid w:val="00F85156"/>
     <w:rsid w:val="00F86061"/>
     <w:rsid w:val="00F86FB6"/>
     <w:rsid w:val="00F93CD0"/>
     <w:rsid w:val="00F948C4"/>
     <w:rsid w:val="00F955F0"/>
     <w:rsid w:val="00FA5A52"/>
     <w:rsid w:val="00FB0532"/>
     <w:rsid w:val="00FB69BC"/>
     <w:rsid w:val="00FC13B3"/>
     <w:rsid w:val="00FC2E2C"/>
+    <w:rsid w:val="00FC614A"/>
     <w:rsid w:val="00FC6BDC"/>
     <w:rsid w:val="00FD144D"/>
     <w:rsid w:val="00FD757B"/>
     <w:rsid w:val="00FE2D0E"/>
     <w:rsid w:val="00FE367E"/>
     <w:rsid w:val="00FE4C74"/>
     <w:rsid w:val="00FE7D65"/>
     <w:rsid w:val="00FF0BF7"/>
     <w:rsid w:val="00FF131A"/>
     <w:rsid w:val="00FF1C16"/>
     <w:rsid w:val="00FF1FEE"/>
     <w:rsid w:val="00FF20D8"/>
     <w:rsid w:val="00FF3D1B"/>
     <w:rsid w:val="00FF3EB5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -35809,81 +37988,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{513457BE-F5C8-4507-9195-B9BC78CDCBFB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A559C9A-5134-41B8-B96E-DD16B40588C4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>679</Words>
-  <Characters>4282</Characters>
+  <Words>976</Words>
+  <Characters>6153</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4952</CharactersWithSpaces>
+  <CharactersWithSpaces>7115</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Neumann</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>