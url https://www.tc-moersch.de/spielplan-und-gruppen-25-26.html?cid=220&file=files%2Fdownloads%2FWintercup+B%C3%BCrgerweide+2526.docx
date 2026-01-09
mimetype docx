--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -2672,73 +2672,76 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F78A9BB" w14:textId="2920CA2E" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00D10437">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Backhand</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00D10437">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00D10437">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Chill</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23141831" w14:textId="45D43572" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4074,55 +4077,56 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07BF299F" w14:textId="0D6EF8F5" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00D10437">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>TCW H-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BAC7621" w14:textId="572ADAD7" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="006F56DC" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
@@ -9469,52 +9473,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C020C3E" w14:textId="2BD8974F" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00022508" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3:0</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="559C94BE" w14:textId="0EE6B209" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mainz Bretzenheim 46er</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -9652,61 +9654,70 @@
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="062EDA5D" w14:textId="65F76C3C" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Schlechtschmetterfront</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E7BCCB8" w14:textId="1E4A8538" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
+          <w:p w14:paraId="4E7BCCB8" w14:textId="1B15F677" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00D10437" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1:2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E698BC0" w14:textId="0F53F089" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gentleman Jacks 2.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -9828,61 +9839,70 @@
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="762F5983" w14:textId="320724DD" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MTV Mainz 1817</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1189F080" w14:textId="3856C316" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
+          <w:p w14:paraId="1189F080" w14:textId="4303B4E8" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00D10437" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1:2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73DC265A" w14:textId="61CC5E37" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Marc Philippoussis 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -9984,75 +10004,85 @@
             </w:pPr>
             <w:r w:rsidRPr="00B2720D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CFE0DD0" w14:textId="291FA574" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00D10437">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>KaHo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5964ABF8" w14:textId="3F0D70B1" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
+          <w:p w14:paraId="5964ABF8" w14:textId="3419B6DE" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00D10437" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>--</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="062626E8" w14:textId="469F2B85" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Return </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
@@ -10224,61 +10254,70 @@
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F79F1D9" w14:textId="20BF8AFB" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Stopp &amp; Lob</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="143FFFAE" w14:textId="630F1D7D" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
+          <w:p w14:paraId="143FFFAE" w14:textId="326BA522" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00D10437" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="764074A0" w14:textId="724D622A" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MTV Mainz 1817 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -10408,61 +10447,70 @@
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B6527D6" w14:textId="5823FADB" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>LADYS Plus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02B62CFD" w14:textId="6B02A326" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
+          <w:p w14:paraId="02B62CFD" w14:textId="497DDED8" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00D10437" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21E89D22" w14:textId="345B3D9E" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Team Happy</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -10608,61 +10656,70 @@
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B5AD4A1" w14:textId="2864B3C7" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ballwechseljahre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="469BFAF5" w14:textId="6D2CD258" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
+          <w:p w14:paraId="469BFAF5" w14:textId="37EDE870" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00D10437" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68F75401" w14:textId="3A51B468" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Herzen auf dem Court</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -10802,61 +10859,70 @@
           <w:p w14:paraId="4A3D09B8" w14:textId="30A067D0" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fluppentruppe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22AAB535" w14:textId="72B5D579" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
+          <w:p w14:paraId="22AAB535" w14:textId="0033FECF" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00D10437" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09F6722C" w14:textId="63F6D270" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Astralkörper</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -10993,61 +11059,70 @@
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31355BFB" w14:textId="3F25AF6B" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Junior Whopper</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67168978" w14:textId="62134837" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="0080487F" w:rsidP="0080487F">
+          <w:p w14:paraId="67168978" w14:textId="409B328B" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00E26D15" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66A49FE7" w14:textId="11F6106B" w:rsidR="0080487F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="0080487F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dumm und Dümmer</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11169,61 +11244,70 @@
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="771448C4" w14:textId="15B4758E" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TG Oldies 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60387D5D" w14:textId="0AC1DEDF" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
+          <w:p w14:paraId="60387D5D" w14:textId="2755B32D" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00E26D15" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2:1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="722E43DB" w14:textId="470E9670" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Oldenbach</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -11347,61 +11431,70 @@
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="600FE837" w14:textId="5C1F75F7" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00B23FBB" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Die Furchtlosen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D4C6A75" w14:textId="7575BB70" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
+          <w:p w14:paraId="5D4C6A75" w14:textId="590B0096" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00E26D15" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2:1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="579CFA98" w14:textId="7929EA4B" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00B23FBB" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Netzroller</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11555,61 +11648,70 @@
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50C1FEFD" w14:textId="1D70D3EF" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="0029148C" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Viernheim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D601118" w14:textId="158822D1" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
+          <w:p w14:paraId="3D601118" w14:textId="35301AB9" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00E26D15" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="297C8FC0" w14:textId="732C782C" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="0029148C" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TCL 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11749,61 +11851,70 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">SV </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rotamint</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4946A74A" w14:textId="5C9CFB09" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
+          <w:p w14:paraId="4946A74A" w14:textId="2F7230CA" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00E26D15" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="368C8C36" w14:textId="79910ADE" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="0029148C" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Topspin Youngsters</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11959,60 +12070,69 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Die </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Inseljungs</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="370FFB9F" w14:textId="7648FC36" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
+          <w:p w14:paraId="370FFB9F" w14:textId="54F9A015" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00E26D15" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3:0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B34DF98" w14:textId="3D0DF8F8" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00B23FBB" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Die Muskelkaters</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
@@ -12152,61 +12272,72 @@
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E31F72F" w14:textId="7BADA030" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Head Hunter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DE4883D" w14:textId="52C66A61" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
+          <w:p w14:paraId="2DE4883D" w14:textId="3DAA7152" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00E26D15" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0:3</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="334B4E8C" w14:textId="4F37BCA3" w:rsidR="00C6524F" w:rsidRPr="00B2720D" w:rsidRDefault="00C6524F" w:rsidP="00C6524F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Bench </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
@@ -36439,50 +36570,51 @@
     <w:rsid w:val="00CA78DE"/>
     <w:rsid w:val="00CB0E13"/>
     <w:rsid w:val="00CB2F92"/>
     <w:rsid w:val="00CB35C4"/>
     <w:rsid w:val="00CB3E81"/>
     <w:rsid w:val="00CB5165"/>
     <w:rsid w:val="00CB682C"/>
     <w:rsid w:val="00CB73B8"/>
     <w:rsid w:val="00CC0C69"/>
     <w:rsid w:val="00CC65C7"/>
     <w:rsid w:val="00CD1DCF"/>
     <w:rsid w:val="00CD4B70"/>
     <w:rsid w:val="00CD6D78"/>
     <w:rsid w:val="00CE11EB"/>
     <w:rsid w:val="00CE2263"/>
     <w:rsid w:val="00CE22AD"/>
     <w:rsid w:val="00CE2C3F"/>
     <w:rsid w:val="00CE3993"/>
     <w:rsid w:val="00CE4ADA"/>
     <w:rsid w:val="00CF09D6"/>
     <w:rsid w:val="00CF0D2C"/>
     <w:rsid w:val="00CF1697"/>
     <w:rsid w:val="00CF2603"/>
     <w:rsid w:val="00CF4884"/>
     <w:rsid w:val="00D0587C"/>
+    <w:rsid w:val="00D10437"/>
     <w:rsid w:val="00D10D15"/>
     <w:rsid w:val="00D14595"/>
     <w:rsid w:val="00D21250"/>
     <w:rsid w:val="00D22A3B"/>
     <w:rsid w:val="00D233FB"/>
     <w:rsid w:val="00D26AEB"/>
     <w:rsid w:val="00D31719"/>
     <w:rsid w:val="00D33E12"/>
     <w:rsid w:val="00D362C8"/>
     <w:rsid w:val="00D42848"/>
     <w:rsid w:val="00D44896"/>
     <w:rsid w:val="00D47A27"/>
     <w:rsid w:val="00D61E0E"/>
     <w:rsid w:val="00D62018"/>
     <w:rsid w:val="00D63148"/>
     <w:rsid w:val="00D64E3D"/>
     <w:rsid w:val="00D72005"/>
     <w:rsid w:val="00D720E7"/>
     <w:rsid w:val="00D7241B"/>
     <w:rsid w:val="00D7257C"/>
     <w:rsid w:val="00D73700"/>
     <w:rsid w:val="00D741F6"/>
     <w:rsid w:val="00D80E40"/>
     <w:rsid w:val="00D83D7E"/>
     <w:rsid w:val="00D844D9"/>
@@ -36503,50 +36635,51 @@
     <w:rsid w:val="00DC15CF"/>
     <w:rsid w:val="00DC26B6"/>
     <w:rsid w:val="00DC4BB3"/>
     <w:rsid w:val="00DD5115"/>
     <w:rsid w:val="00DD53FA"/>
     <w:rsid w:val="00DD5F50"/>
     <w:rsid w:val="00DD61FB"/>
     <w:rsid w:val="00DE1837"/>
     <w:rsid w:val="00DE22B6"/>
     <w:rsid w:val="00DE5C89"/>
     <w:rsid w:val="00DE6798"/>
     <w:rsid w:val="00DE7BE7"/>
     <w:rsid w:val="00DF226C"/>
     <w:rsid w:val="00DF2EA2"/>
     <w:rsid w:val="00DF2FF8"/>
     <w:rsid w:val="00DF3A5D"/>
     <w:rsid w:val="00DF505A"/>
     <w:rsid w:val="00E01CA9"/>
     <w:rsid w:val="00E020F5"/>
     <w:rsid w:val="00E03FC3"/>
     <w:rsid w:val="00E047B5"/>
     <w:rsid w:val="00E10DE2"/>
     <w:rsid w:val="00E15C7C"/>
     <w:rsid w:val="00E213D1"/>
     <w:rsid w:val="00E21D49"/>
+    <w:rsid w:val="00E26D15"/>
     <w:rsid w:val="00E274CF"/>
     <w:rsid w:val="00E30266"/>
     <w:rsid w:val="00E41D8D"/>
     <w:rsid w:val="00E458C2"/>
     <w:rsid w:val="00E466F5"/>
     <w:rsid w:val="00E46729"/>
     <w:rsid w:val="00E53023"/>
     <w:rsid w:val="00E569CE"/>
     <w:rsid w:val="00E613F7"/>
     <w:rsid w:val="00E62902"/>
     <w:rsid w:val="00E64B6C"/>
     <w:rsid w:val="00E6558D"/>
     <w:rsid w:val="00E70CE4"/>
     <w:rsid w:val="00E73731"/>
     <w:rsid w:val="00E74BD8"/>
     <w:rsid w:val="00E76680"/>
     <w:rsid w:val="00E7737E"/>
     <w:rsid w:val="00E803D8"/>
     <w:rsid w:val="00E808E0"/>
     <w:rsid w:val="00E8686A"/>
     <w:rsid w:val="00E92726"/>
     <w:rsid w:val="00E963A4"/>
     <w:rsid w:val="00E9655F"/>
     <w:rsid w:val="00EA495B"/>
     <w:rsid w:val="00EA4A19"/>
@@ -37988,81 +38121,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A559C9A-5134-41B8-B96E-DD16B40588C4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A284C6B-30FE-4042-A011-C22CC3EE0E3B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>976</Words>
-  <Characters>6153</Characters>
+  <Words>982</Words>
+  <Characters>6188</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>51</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7115</CharactersWithSpaces>
+  <CharactersWithSpaces>7156</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Neumann</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>