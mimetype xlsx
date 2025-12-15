--- v0 (2025-10-25)
+++ v1 (2025-12-15)
@@ -10,71 +10,71 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\User\Desktop\Wintercup\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3061CAC9-7C26-410F-9101-944998DEED67}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8A9DFBE1-3A0A-44C6-A5A5-6AD5ABB60C6D}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="15195" windowHeight="3720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Damen - Damen 50" sheetId="1" r:id="rId1"/>
     <sheet name="Herren+H30+D60+D50-3" sheetId="2" r:id="rId2"/>
     <sheet name="Herren 40 &amp; H-50-65" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Damen - Damen 50'!$A$1:$P$42</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Herren 40 &amp; H-50-65'!$A$1:$AB$79</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Herren+H30+D60+D50-3'!$A$1:$P$35</definedName>
   </definedNames>
   <calcPr calcId="114210"/>
   <fileRecoveryPr autoRecover="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="400" uniqueCount="215">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="399" uniqueCount="214">
   <si>
     <t xml:space="preserve">Platz </t>
   </si>
   <si>
     <t>Team</t>
   </si>
   <si>
     <t>Punkte</t>
   </si>
   <si>
     <t>Matches</t>
   </si>
   <si>
     <t>Incognito</t>
   </si>
   <si>
     <t>Die Furchtlosen</t>
   </si>
   <si>
     <t>Team PS</t>
   </si>
   <si>
     <t>Netzroller</t>
   </si>
   <si>
@@ -125,53 +125,50 @@
   <si>
     <t>Herren  1.Liga</t>
   </si>
   <si>
     <t>Gud Nacht Marie</t>
   </si>
   <si>
     <t>Hottie Honkies</t>
   </si>
   <si>
     <t>Wonderbags</t>
   </si>
   <si>
     <t>Die Olafs</t>
   </si>
   <si>
     <t>Backhand Babes</t>
   </si>
   <si>
     <t>Crazy Ducks</t>
   </si>
   <si>
     <t>Yipsies</t>
   </si>
   <si>
-    <t>Freunde des Tennissports</t>
-[...1 lines deleted...]
-  <si>
     <t>Big Green Bretzenheim</t>
   </si>
   <si>
     <t>Die Pinguine</t>
   </si>
   <si>
     <t>Landskrone</t>
   </si>
   <si>
     <t>Bobbeles Erben</t>
   </si>
   <si>
     <t>Rolling Stones Reloaded</t>
   </si>
   <si>
     <t>TC Wiesloch Rauenberg</t>
   </si>
   <si>
     <t>TCL 1</t>
   </si>
   <si>
     <t>TCL 2</t>
   </si>
   <si>
     <t>TC Hockenheim</t>
@@ -212,53 +209,50 @@
   <si>
     <t>Herren 40      3.Liga B</t>
   </si>
   <si>
     <t>New Ysenburg</t>
   </si>
   <si>
     <t xml:space="preserve">Herren 40      4.Liga A </t>
   </si>
   <si>
     <t>Herren 40      4.Liga B</t>
   </si>
   <si>
     <t>Die Wolken</t>
   </si>
   <si>
     <t>Die Filzballflüsterer</t>
   </si>
   <si>
     <t>TC Neckar Ilvesheim</t>
   </si>
   <si>
     <t>Herren 55      1.Liga</t>
   </si>
   <si>
-    <t>TG 65er</t>
-[...1 lines deleted...]
-  <si>
     <t>Falsche Fuffziger Bobstadt</t>
   </si>
   <si>
     <t>Wonderwomen</t>
   </si>
   <si>
     <t>Dreamteam</t>
   </si>
   <si>
     <t>Damen 40    4.Liga A</t>
   </si>
   <si>
     <t>Damen 40    4.Liga B</t>
   </si>
   <si>
     <t>Doppel Sistaz</t>
   </si>
   <si>
     <t>3 Engel für Steffen</t>
   </si>
   <si>
     <t>Return Sisters</t>
   </si>
   <si>
     <t>Bob Club Fürth</t>
@@ -272,122 +266,110 @@
   <si>
     <t>3 Engel für Steffen 2</t>
   </si>
   <si>
     <t>Die Clumsy's</t>
   </si>
   <si>
     <t>TV Laubenheim</t>
   </si>
   <si>
     <t>#30er love 1.0</t>
   </si>
   <si>
     <t>Damen/Damen 30     3.Liga</t>
   </si>
   <si>
     <t>Damen/Damen 30     1.Liga</t>
   </si>
   <si>
     <t>Damen/Damen 30     2.Liga</t>
   </si>
   <si>
     <t>Slicegirls</t>
   </si>
   <si>
-    <t>Damen/D30     5.Liga B</t>
-[...1 lines deleted...]
-  <si>
     <t>Double Trouble/Schymek</t>
   </si>
   <si>
-    <t>Match-Muddis</t>
-[...1 lines deleted...]
-  <si>
     <t>#30er love 2.0</t>
   </si>
   <si>
     <t>Tiebreak Ladies</t>
   </si>
   <si>
     <t>Damen 40    1.Liga</t>
   </si>
   <si>
     <t>Chaos Queens</t>
   </si>
   <si>
     <t>TC RW Nierstein</t>
   </si>
   <si>
     <t>Schriesemer Ladies</t>
   </si>
   <si>
     <t>Damen BoRo</t>
   </si>
   <si>
     <t>Crash Test Season 2</t>
   </si>
   <si>
     <t>Court Queens</t>
   </si>
   <si>
     <t>Schoppenheimer Ladies</t>
   </si>
   <si>
     <t>Damen 40    5.Liga</t>
   </si>
   <si>
-    <t>The Namless</t>
-[...1 lines deleted...]
-  <si>
     <t>CK two</t>
   </si>
   <si>
     <t>Tzazikis</t>
   </si>
   <si>
     <t>Smoothies</t>
   </si>
   <si>
     <t>Damen 50(55)    1.Liga</t>
   </si>
   <si>
     <t>Hembsbach fifty's</t>
   </si>
   <si>
     <t>TSG Heidelberg</t>
   </si>
   <si>
     <t>Die Turboschnecken</t>
   </si>
   <si>
     <t>TC BW Bensheim</t>
   </si>
   <si>
-    <t>Die ehmaligen Grün-Weißen</t>
-[...1 lines deleted...]
-  <si>
     <t>Ballverliebt</t>
   </si>
   <si>
     <t>Rollercoaster Girls</t>
   </si>
   <si>
     <t>Damen 50    2.Liga A</t>
   </si>
   <si>
     <t>Damen 50(55)    2.Liga C</t>
   </si>
   <si>
     <t>Damen 50  4.Liga</t>
   </si>
   <si>
     <t>Weschnitzchicken</t>
   </si>
   <si>
     <t>Rabbitchicks</t>
   </si>
   <si>
     <t>Ballwechseljahre</t>
   </si>
   <si>
     <t>Herzen auf dem Court</t>
@@ -404,321 +386,336 @@
   <si>
     <t>TC Mutterstadt</t>
   </si>
   <si>
     <t>Damen 50  3.Liga A</t>
   </si>
   <si>
     <t>Herren 40      1.Liga</t>
   </si>
   <si>
     <t>Team Malaga</t>
   </si>
   <si>
     <t>Michael K &amp; Finest Selection</t>
   </si>
   <si>
     <t>TC Kohlheck</t>
   </si>
   <si>
     <t>Lambada Jungs</t>
   </si>
   <si>
     <t xml:space="preserve">Gentleman Jack's </t>
   </si>
   <si>
-    <t>Rheinshmashers</t>
-[...1 lines deleted...]
-  <si>
     <t>TC Old Boys Badenheim 1</t>
   </si>
   <si>
     <t>Weinberg-Asse</t>
   </si>
   <si>
     <t>Einhänder United</t>
   </si>
   <si>
     <t>TC Old Boys Badenheim 2</t>
   </si>
   <si>
     <t>SA-T-AN</t>
   </si>
   <si>
     <t>Herren 50      1.Liga A</t>
   </si>
   <si>
-    <t>Mia San Mia</t>
-[...1 lines deleted...]
-  <si>
     <t>Mr. &amp; Mrs. Pink</t>
   </si>
   <si>
     <t>TCO Schorlepezzer</t>
   </si>
   <si>
     <t xml:space="preserve">Herren 50      2.Liga </t>
   </si>
   <si>
     <t>HüGö</t>
   </si>
   <si>
-    <t>Die Riedochsen</t>
-[...1 lines deleted...]
-  <si>
     <t>Lachsgiggel</t>
   </si>
   <si>
     <t>Einfach so</t>
   </si>
   <si>
     <t>TC Freinsheim</t>
   </si>
   <si>
+    <t>TCO Lorsch</t>
+  </si>
+  <si>
+    <t>TCO Rieslingschorle</t>
+  </si>
+  <si>
+    <t>TCO Weizenbier</t>
+  </si>
+  <si>
+    <t>Hesse James</t>
+  </si>
+  <si>
+    <t>TGV Old but Gold</t>
+  </si>
+  <si>
+    <t>Herren 60-65     2.Liga B</t>
+  </si>
+  <si>
+    <t>Herren60-65     2-Liga A</t>
+  </si>
+  <si>
+    <t>TC Dubbeglas</t>
+  </si>
+  <si>
+    <t>24-H Marathon 1</t>
+  </si>
+  <si>
+    <t>24-H Marathon 2</t>
+  </si>
+  <si>
+    <t>TG Oldies 65</t>
+  </si>
+  <si>
+    <t>Longliners Ladenburg</t>
+  </si>
+  <si>
+    <t>MTV Mainz 1817 1</t>
+  </si>
+  <si>
+    <t>AS Tralkörper</t>
+  </si>
+  <si>
+    <t>Fluppentruppe</t>
+  </si>
+  <si>
+    <t>Stopp &amp; Lob</t>
+  </si>
+  <si>
+    <t>1817 Mainz 2</t>
+  </si>
+  <si>
+    <t>TC GW Neustadt</t>
+  </si>
+  <si>
+    <t>Herren   2.Liga A</t>
+  </si>
+  <si>
+    <t>Herren   2.Liga B</t>
+  </si>
+  <si>
+    <t>Backhand &amp; Chill</t>
+  </si>
+  <si>
+    <t>TC Promille</t>
+  </si>
+  <si>
+    <t>Pinky &amp; Brain</t>
+  </si>
+  <si>
+    <t>TC Klein-Winternheim 1</t>
+  </si>
+  <si>
+    <t>Papa Schlumpf &amp; Hefti</t>
+  </si>
+  <si>
+    <t>TC Totalausfall</t>
+  </si>
+  <si>
+    <t>Herren   3.Liga A</t>
+  </si>
+  <si>
+    <t>Herren   3.Liga B</t>
+  </si>
+  <si>
+    <t>Junior Whopper</t>
+  </si>
+  <si>
+    <t>Dumm und Dümmer</t>
+  </si>
+  <si>
+    <t>Die Winterpiper Frostspatzen</t>
+  </si>
+  <si>
+    <t>Team Jochen</t>
+  </si>
+  <si>
+    <t>Bench please</t>
+  </si>
+  <si>
+    <t>TC Klein Winternheim 2</t>
+  </si>
+  <si>
+    <t>Herren   4.Liga A</t>
+  </si>
+  <si>
+    <t>Herren   4.Liga B</t>
+  </si>
+  <si>
+    <t>TC Mörsch KL</t>
+  </si>
+  <si>
+    <t>Topspin Youngsters</t>
+  </si>
+  <si>
+    <t>TCL Matchball 1</t>
+  </si>
+  <si>
+    <t>SV Rotamint</t>
+  </si>
+  <si>
+    <t>TCL Matchball 2</t>
+  </si>
+  <si>
+    <t>Team Feidene</t>
+  </si>
+  <si>
+    <t>Wonnegau United</t>
+  </si>
+  <si>
+    <t>KaHo</t>
+  </si>
+  <si>
+    <t>Return of Riesling</t>
+  </si>
+  <si>
+    <t>Herren     5.Liga</t>
+  </si>
+  <si>
+    <t>Herren 30    1.Liga A</t>
+  </si>
+  <si>
+    <t>Herren 30    1.Liga B</t>
+  </si>
+  <si>
+    <t>MTV Mainz 1817</t>
+  </si>
+  <si>
+    <t>Schlechtschmetterfront</t>
+  </si>
+  <si>
+    <t>Marc Philippoussis 1</t>
+  </si>
+  <si>
+    <t>Seesternhagelvoll</t>
+  </si>
+  <si>
+    <t>Marc Philippoussis 2</t>
+  </si>
+  <si>
+    <t>Kurz vor Notschlachtung</t>
+  </si>
+  <si>
+    <t>Goisemer Buwe</t>
+  </si>
+  <si>
+    <t>Gentleman Jacks 2.0</t>
+  </si>
+  <si>
+    <t>Slice &amp; Ice</t>
+  </si>
+  <si>
+    <t>Die Muskelkaters</t>
+  </si>
+  <si>
+    <t>TC Rehasport Leimer</t>
+  </si>
+  <si>
+    <t>Herren  30  2.Liga A</t>
+  </si>
+  <si>
+    <t>Herren  30    2.Liga B</t>
+  </si>
+  <si>
+    <t>Herren 50(55)      1.Liga B</t>
+  </si>
+  <si>
+    <t>Herren 50(55)     3.Liga</t>
+  </si>
+  <si>
+    <t>Herren 50(55)      4.Liga</t>
+  </si>
+  <si>
+    <t>Damen 50(55)    2.Liga B</t>
+  </si>
+  <si>
+    <t>Sonnenschein</t>
+  </si>
+  <si>
+    <t>Aperolis</t>
+  </si>
+  <si>
+    <t>Head-Hunter</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Viernheim</t>
+  </si>
+  <si>
+    <t>Rheinsmashers</t>
+  </si>
+  <si>
+    <t>Riedochsen</t>
+  </si>
+  <si>
+    <t>The Nameless</t>
+  </si>
+  <si>
+    <t>Mia san Mia</t>
+  </si>
+  <si>
+    <t>Match Muddis</t>
+  </si>
+  <si>
+    <t>Damen/Damen 30    4.Liga</t>
+  </si>
+  <si>
+    <t>Damen/D30     5.Liga</t>
+  </si>
+  <si>
+    <t>Herren 60-65   1.Liga Hin+Rück</t>
+  </si>
+  <si>
+    <t>Balls of Glory</t>
+  </si>
+  <si>
+    <t>Die ehm. Grün-Weißen</t>
+  </si>
+  <si>
     <t>Oldebach Rackets</t>
   </si>
   <si>
-    <t>TCO Lorsch</t>
-[...172 lines deleted...]
-  <si>
     <t>Nahezu Topfit</t>
   </si>
   <si>
-    <t>TCW H30+</t>
-[...41 lines deleted...]
-    <t>Head-Hunter</t>
+    <t>Die Inseljungs</t>
+  </si>
+  <si>
+    <t>TCW H-30</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1064,51 +1061,51 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="121">
+  <cellXfs count="120">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="1" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="3" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="3" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="3" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="3" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
@@ -1188,131 +1185,128 @@
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="20" fontId="6" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="1" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="3" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="1" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="1" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="8" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="1" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="1" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="1" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="20" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="20" fontId="3" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="20" fontId="1" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="6" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="20" fontId="1" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="3" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="20" fontId="8" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF66CC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
@@ -1963,114 +1957,114 @@
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:V37"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" workbookViewId="0">
-      <selection activeCell="M30" sqref="M30:N30"/>
+      <selection activeCell="N34" sqref="N34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.42578125" style="42" customWidth="1"/>
     <col min="2" max="2" width="7.5703125" style="42" customWidth="1"/>
     <col min="3" max="3" width="31.140625" style="42" customWidth="1"/>
     <col min="4" max="4" width="10.85546875" style="42" customWidth="1"/>
     <col min="5" max="5" width="11.140625" style="42" customWidth="1"/>
     <col min="6" max="6" width="6.28515625" style="42" customWidth="1"/>
     <col min="7" max="7" width="11.42578125" style="42"/>
     <col min="8" max="8" width="27.140625" style="42" customWidth="1"/>
     <col min="9" max="9" width="9" style="42" customWidth="1"/>
     <col min="10" max="10" width="11.42578125" style="42"/>
     <col min="11" max="11" width="7.42578125" style="42" customWidth="1"/>
     <col min="12" max="12" width="8.7109375" style="42" customWidth="1"/>
     <col min="13" max="13" width="25.85546875" style="42" customWidth="1"/>
     <col min="14" max="14" width="11.42578125" style="42"/>
     <col min="15" max="15" width="12.42578125" style="42" customWidth="1"/>
     <col min="16" max="16" width="10.42578125" style="42" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="42"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="81" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="41"/>
       <c r="B1" s="41"/>
       <c r="C1" s="41"/>
       <c r="D1" s="41"/>
       <c r="E1" s="41"/>
       <c r="F1" s="41"/>
       <c r="G1" s="41"/>
       <c r="H1" s="41"/>
       <c r="I1" s="41"/>
       <c r="J1" s="41"/>
       <c r="K1" s="41"/>
       <c r="L1" s="41"/>
       <c r="M1" s="41"/>
       <c r="N1" s="41"/>
       <c r="O1" s="41"/>
       <c r="P1" s="41"/>
       <c r="V1" s="43"/>
     </row>
     <row r="2" spans="1:22" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="41"/>
       <c r="B2" s="44"/>
-      <c r="C2" s="108" t="s">
-[...2 lines deleted...]
-      <c r="D2" s="109"/>
+      <c r="C2" s="112" t="s">
+        <v>75</v>
+      </c>
+      <c r="D2" s="113"/>
       <c r="E2" s="44"/>
       <c r="F2" s="44"/>
       <c r="G2" s="44"/>
-      <c r="H2" s="108" t="s">
-[...2 lines deleted...]
-      <c r="I2" s="109"/>
+      <c r="H2" s="112" t="s">
+        <v>81</v>
+      </c>
+      <c r="I2" s="113"/>
       <c r="J2" s="44"/>
       <c r="K2" s="44"/>
       <c r="L2" s="44"/>
-      <c r="M2" s="108" t="s">
-[...2 lines deleted...]
-      <c r="N2" s="109"/>
+      <c r="M2" s="112" t="s">
+        <v>89</v>
+      </c>
+      <c r="N2" s="113"/>
       <c r="O2" s="44"/>
       <c r="P2" s="41"/>
     </row>
     <row r="3" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="41"/>
       <c r="B3" s="54" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="55" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="56" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="57" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="44"/>
       <c r="G3" s="54" t="s">
         <v>0</v>
       </c>
       <c r="H3" s="55" t="s">
         <v>1</v>
       </c>
       <c r="I3" s="56" t="s">
@@ -2078,1098 +2072,1306 @@
       </c>
       <c r="J3" s="57" t="s">
         <v>3</v>
       </c>
       <c r="K3" s="44"/>
       <c r="L3" s="54" t="s">
         <v>0</v>
       </c>
       <c r="M3" s="55" t="s">
         <v>1</v>
       </c>
       <c r="N3" s="56" t="s">
         <v>2</v>
       </c>
       <c r="O3" s="57" t="s">
         <v>3</v>
       </c>
       <c r="P3" s="41"/>
     </row>
     <row r="4" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="41"/>
       <c r="B4" s="45">
         <v>1</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-      <c r="E4" s="58"/>
+        <v>66</v>
+      </c>
+      <c r="D4" s="46">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E4" s="58">
+        <v>8.4027777777777771E-2</v>
+      </c>
       <c r="F4" s="44"/>
       <c r="G4" s="45">
         <v>1</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-      <c r="J4" s="58"/>
+        <v>8</v>
+      </c>
+      <c r="I4" s="46">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J4" s="58">
+        <v>0.125</v>
+      </c>
       <c r="K4" s="44"/>
       <c r="L4" s="45">
         <v>1</v>
       </c>
       <c r="M4" s="1" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-      <c r="O4" s="58"/>
+        <v>90</v>
+      </c>
+      <c r="N4" s="46">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="O4" s="58">
+        <v>8.4027777777777771E-2</v>
+      </c>
       <c r="P4" s="41"/>
     </row>
     <row r="5" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="41"/>
       <c r="B5" s="45">
         <v>2</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-      <c r="E5" s="58"/>
+        <v>65</v>
+      </c>
+      <c r="D5" s="46">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E5" s="58">
+        <v>0.125</v>
+      </c>
       <c r="F5" s="44"/>
       <c r="G5" s="45">
         <v>2</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-      <c r="J5" s="58"/>
+        <v>80</v>
+      </c>
+      <c r="I5" s="65">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J5" s="58">
+        <v>0.125</v>
+      </c>
       <c r="K5" s="44"/>
       <c r="L5" s="45">
         <v>2</v>
       </c>
       <c r="M5" s="1" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-      <c r="O5" s="58"/>
+        <v>91</v>
+      </c>
+      <c r="N5" s="65">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="O5" s="58">
+        <v>8.4027777777777771E-2</v>
+      </c>
       <c r="P5" s="41"/>
     </row>
     <row r="6" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="41"/>
       <c r="B6" s="45">
         <v>3</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-      <c r="E6" s="58"/>
+        <v>67</v>
+      </c>
+      <c r="D6" s="46">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E6" s="58">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="F6" s="44"/>
       <c r="G6" s="45">
         <v>3</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-      <c r="J6" s="58"/>
+        <v>36</v>
+      </c>
+      <c r="I6" s="46">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J6" s="58">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="K6" s="44"/>
       <c r="L6" s="45">
         <v>3</v>
       </c>
       <c r="M6" s="1" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-      <c r="O6" s="58"/>
+        <v>26</v>
+      </c>
+      <c r="N6" s="46">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="O6" s="58">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="P6" s="41"/>
     </row>
     <row r="7" spans="1:22" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="41"/>
       <c r="B7" s="47">
         <v>4</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-      <c r="E7" s="49"/>
+        <v>37</v>
+      </c>
+      <c r="D7" s="48">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E7" s="49">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="F7" s="44"/>
       <c r="G7" s="47">
         <v>4</v>
       </c>
       <c r="H7" s="2" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="J7" s="49"/>
+        <v>4</v>
+      </c>
+      <c r="I7" s="48">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J7" s="49">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="K7" s="44"/>
       <c r="L7" s="47">
         <v>4</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-      <c r="O7" s="49"/>
+        <v>202</v>
+      </c>
+      <c r="N7" s="48">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="O7" s="49">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="P7" s="41"/>
     </row>
     <row r="8" spans="1:22" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A8" s="41"/>
-      <c r="B8" s="95"/>
-[...2 lines deleted...]
-      <c r="E8" s="95"/>
+      <c r="B8" s="94"/>
+      <c r="C8" s="94"/>
+      <c r="D8" s="94"/>
+      <c r="E8" s="94"/>
       <c r="F8" s="44"/>
       <c r="G8" s="73"/>
       <c r="H8" s="63"/>
       <c r="I8" s="53"/>
       <c r="J8" s="53"/>
       <c r="K8" s="44"/>
       <c r="L8" s="41"/>
       <c r="M8" s="41"/>
       <c r="N8" s="41"/>
       <c r="O8" s="41"/>
       <c r="P8" s="41"/>
     </row>
     <row r="9" spans="1:22" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="41"/>
       <c r="B9" s="44"/>
       <c r="C9" s="114" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="D9" s="115"/>
       <c r="E9" s="44"/>
       <c r="F9" s="50"/>
       <c r="G9" s="44"/>
       <c r="H9" s="110" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="I9" s="111"/>
       <c r="J9" s="44"/>
       <c r="K9" s="50"/>
       <c r="L9" s="41"/>
       <c r="M9" s="41"/>
       <c r="N9" s="41"/>
       <c r="O9" s="41"/>
       <c r="P9" s="53"/>
     </row>
     <row r="10" spans="1:22" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="41"/>
       <c r="B10" s="54" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="55" t="s">
         <v>1</v>
       </c>
       <c r="D10" s="56" t="s">
         <v>2</v>
       </c>
       <c r="E10" s="57" t="s">
         <v>3</v>
       </c>
       <c r="F10" s="50"/>
       <c r="G10" s="54" t="s">
         <v>0</v>
       </c>
       <c r="H10" s="55" t="s">
         <v>1</v>
       </c>
       <c r="I10" s="56" t="s">
         <v>2</v>
       </c>
       <c r="J10" s="57" t="s">
         <v>3</v>
       </c>
       <c r="K10" s="50"/>
       <c r="L10" s="41"/>
       <c r="M10" s="41"/>
       <c r="N10" s="41"/>
       <c r="O10" s="41"/>
       <c r="P10" s="53"/>
     </row>
     <row r="11" spans="1:22" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="41"/>
       <c r="B11" s="45">
         <v>1</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-      <c r="E11" s="58"/>
+        <v>38</v>
+      </c>
+      <c r="D11" s="46">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E11" s="58">
+        <v>0.125</v>
+      </c>
       <c r="F11" s="50"/>
       <c r="G11" s="45">
         <v>1</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-      <c r="J11" s="58"/>
+        <v>82</v>
+      </c>
+      <c r="I11" s="46">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J11" s="58">
+        <v>0.125</v>
+      </c>
       <c r="K11" s="50"/>
       <c r="L11" s="44"/>
-      <c r="M11" s="108" t="s">
-[...2 lines deleted...]
-      <c r="N11" s="109"/>
+      <c r="M11" s="112" t="s">
+        <v>93</v>
+      </c>
+      <c r="N11" s="113"/>
       <c r="O11" s="44"/>
       <c r="P11" s="53"/>
     </row>
     <row r="12" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="41"/>
       <c r="B12" s="45">
         <v>2</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-      <c r="E12" s="61"/>
+        <v>68</v>
+      </c>
+      <c r="D12" s="46">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E12" s="61">
+        <v>0.125</v>
+      </c>
       <c r="F12" s="50"/>
       <c r="G12" s="45">
         <v>2</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-      <c r="J12" s="58"/>
+        <v>6</v>
+      </c>
+      <c r="I12" s="65">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J12" s="58">
+        <v>8.4027777777777771E-2</v>
+      </c>
       <c r="K12" s="50"/>
       <c r="L12" s="54" t="s">
         <v>0</v>
       </c>
       <c r="M12" s="55" t="s">
         <v>1</v>
       </c>
       <c r="N12" s="56" t="s">
         <v>2</v>
       </c>
       <c r="O12" s="57" t="s">
         <v>3</v>
       </c>
       <c r="P12" s="59"/>
     </row>
     <row r="13" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="41"/>
       <c r="B13" s="45">
         <v>3</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-      <c r="E13" s="61"/>
+        <v>69</v>
+      </c>
+      <c r="D13" s="46">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E13" s="61">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="F13" s="50"/>
       <c r="G13" s="45">
         <v>3</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-      <c r="J13" s="58"/>
+        <v>18</v>
+      </c>
+      <c r="I13" s="46">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J13" s="58">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="K13" s="50"/>
       <c r="L13" s="45">
         <v>1</v>
       </c>
       <c r="M13" s="1" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-      <c r="O13" s="58"/>
+        <v>92</v>
+      </c>
+      <c r="N13" s="46">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="O13" s="58">
+        <v>0.125</v>
+      </c>
       <c r="P13" s="53"/>
     </row>
     <row r="14" spans="1:22" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="41"/>
       <c r="B14" s="47">
         <v>4</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-      <c r="E14" s="49"/>
+        <v>41</v>
+      </c>
+      <c r="D14" s="3">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E14" s="49">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="F14" s="50"/>
       <c r="G14" s="47">
         <v>4</v>
       </c>
       <c r="H14" s="2" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="J14" s="49"/>
+        <v>5</v>
+      </c>
+      <c r="I14" s="48">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J14" s="49">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="K14" s="50"/>
       <c r="L14" s="45">
         <v>2</v>
       </c>
       <c r="M14" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="N14" s="65"/>
-      <c r="O14" s="58"/>
+      <c r="N14" s="65">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="O14" s="58">
+        <v>8.4027777777777771E-2</v>
+      </c>
       <c r="P14" s="53"/>
     </row>
     <row r="15" spans="1:22" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A15" s="41"/>
       <c r="B15" s="41"/>
       <c r="C15" s="41"/>
       <c r="D15" s="41"/>
       <c r="E15" s="41"/>
       <c r="F15" s="50"/>
       <c r="G15" s="41"/>
       <c r="H15" s="41"/>
       <c r="I15" s="41"/>
       <c r="J15" s="41"/>
       <c r="K15" s="50"/>
       <c r="L15" s="45">
         <v>3</v>
       </c>
       <c r="M15" s="1" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-      <c r="O15" s="58"/>
+        <v>7</v>
+      </c>
+      <c r="N15" s="46">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="O15" s="58">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="P15" s="53"/>
     </row>
     <row r="16" spans="1:22" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="41"/>
       <c r="B16" s="44"/>
-      <c r="C16" s="108" t="s">
-[...2 lines deleted...]
-      <c r="D16" s="109"/>
+      <c r="C16" s="114" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" s="116"/>
       <c r="E16" s="44"/>
       <c r="F16" s="50"/>
       <c r="G16" s="44"/>
       <c r="H16" s="110" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="I16" s="111"/>
       <c r="J16" s="44"/>
       <c r="K16" s="50"/>
       <c r="L16" s="47">
         <v>4</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-      <c r="O16" s="49"/>
+        <v>10</v>
+      </c>
+      <c r="N16" s="48">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="O16" s="49">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="P16" s="53"/>
     </row>
     <row r="17" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="41"/>
       <c r="B17" s="54" t="s">
         <v>0</v>
       </c>
       <c r="C17" s="55" t="s">
         <v>1</v>
       </c>
       <c r="D17" s="56" t="s">
         <v>2</v>
       </c>
       <c r="E17" s="57" t="s">
         <v>3</v>
       </c>
       <c r="F17" s="50"/>
       <c r="G17" s="54" t="s">
         <v>0</v>
       </c>
       <c r="H17" s="55" t="s">
         <v>1</v>
       </c>
       <c r="I17" s="56" t="s">
         <v>2</v>
       </c>
       <c r="J17" s="57" t="s">
         <v>3</v>
       </c>
       <c r="K17" s="50"/>
       <c r="L17" s="53"/>
       <c r="M17" s="53"/>
       <c r="N17" s="53"/>
       <c r="O17" s="53"/>
       <c r="P17" s="53"/>
     </row>
     <row r="18" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="41"/>
       <c r="B18" s="45">
         <v>1</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-      <c r="E18" s="58"/>
+        <v>27</v>
+      </c>
+      <c r="D18" s="46">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E18" s="58">
+        <v>0.125</v>
+      </c>
       <c r="F18" s="50"/>
       <c r="G18" s="45">
         <v>1</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-      <c r="J18" s="58"/>
+        <v>84</v>
+      </c>
+      <c r="I18" s="46">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J18" s="58">
+        <v>0.125</v>
+      </c>
       <c r="K18" s="50"/>
       <c r="L18" s="44"/>
       <c r="M18" s="110" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="N18" s="111"/>
       <c r="O18" s="44"/>
       <c r="P18" s="53"/>
     </row>
     <row r="19" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="41"/>
       <c r="B19" s="45">
         <v>2</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-      <c r="E19" s="58"/>
+        <v>70</v>
+      </c>
+      <c r="D19" s="46">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E19" s="58">
+        <v>0.125</v>
+      </c>
       <c r="F19" s="50"/>
       <c r="G19" s="45">
         <v>2</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-      <c r="J19" s="58"/>
+        <v>86</v>
+      </c>
+      <c r="I19" s="65">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J19" s="58">
+        <v>0.125</v>
+      </c>
       <c r="K19" s="50"/>
       <c r="L19" s="54" t="s">
         <v>0</v>
       </c>
       <c r="M19" s="55" t="s">
         <v>1</v>
       </c>
       <c r="N19" s="56" t="s">
         <v>2</v>
       </c>
       <c r="O19" s="57" t="s">
         <v>3</v>
       </c>
       <c r="P19" s="53"/>
     </row>
     <row r="20" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="41"/>
       <c r="B20" s="45">
         <v>3</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-      <c r="E20" s="58"/>
+        <v>39</v>
+      </c>
+      <c r="D20" s="46">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E20" s="58">
+        <v>0.125</v>
+      </c>
       <c r="F20" s="50"/>
       <c r="G20" s="45">
         <v>3</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-      <c r="J20" s="58"/>
+        <v>85</v>
+      </c>
+      <c r="I20" s="46">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J20" s="58">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="K20" s="50"/>
       <c r="L20" s="45">
         <v>1</v>
       </c>
       <c r="M20" s="1" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-      <c r="O20" s="58"/>
+        <v>9</v>
+      </c>
+      <c r="N20" s="46">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="O20" s="58">
+        <v>0.125</v>
+      </c>
       <c r="P20" s="53"/>
     </row>
     <row r="21" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A21" s="41"/>
-      <c r="B21" s="47">
+      <c r="B21" s="45">
         <v>4</v>
       </c>
-      <c r="C21" s="2" t="s">
-[...3 lines deleted...]
-      <c r="E21" s="49"/>
+      <c r="C21" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D21" s="46">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E21" s="58">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="F21" s="50"/>
       <c r="G21" s="47">
         <v>4</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-      <c r="J21" s="49"/>
+        <v>83</v>
+      </c>
+      <c r="I21" s="48">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J21" s="49">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="K21" s="50"/>
       <c r="L21" s="45">
         <v>2</v>
       </c>
       <c r="M21" s="1" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-      <c r="O21" s="58"/>
+        <v>95</v>
+      </c>
+      <c r="N21" s="46">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="O21" s="58">
+        <v>0.12708333333333333</v>
+      </c>
       <c r="P21" s="53"/>
     </row>
     <row r="22" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="41"/>
-      <c r="B22" s="53"/>
-[...2 lines deleted...]
-      <c r="E22" s="53"/>
+      <c r="B22" s="67">
+        <v>5</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="D22" s="3">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E22" s="71">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="F22" s="50"/>
       <c r="G22" s="50"/>
-      <c r="H22" s="94"/>
-      <c r="I22" s="94"/>
+      <c r="H22" s="93"/>
+      <c r="I22" s="93"/>
       <c r="J22" s="50"/>
       <c r="K22" s="50"/>
       <c r="L22" s="47">
         <v>3</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-      <c r="O22" s="49"/>
+        <v>94</v>
+      </c>
+      <c r="N22" s="3">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="O22" s="49">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="P22" s="53"/>
     </row>
     <row r="23" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="41"/>
-      <c r="B23" s="44"/>
-[...4 lines deleted...]
-      <c r="E23" s="44"/>
+      <c r="B23" s="41"/>
+      <c r="C23" s="41"/>
+      <c r="D23" s="41"/>
+      <c r="E23" s="41"/>
       <c r="F23" s="50"/>
       <c r="G23" s="44"/>
-      <c r="H23" s="112" t="s">
-[...2 lines deleted...]
-      <c r="I23" s="113"/>
+      <c r="H23" s="108" t="s">
+        <v>62</v>
+      </c>
+      <c r="I23" s="109"/>
       <c r="J23" s="44"/>
       <c r="K23" s="50"/>
       <c r="L23" s="53"/>
       <c r="M23" s="53"/>
       <c r="N23" s="53"/>
       <c r="O23" s="53"/>
       <c r="P23" s="53"/>
     </row>
     <row r="24" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="41"/>
-      <c r="B24" s="54" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="B24" s="44"/>
+      <c r="C24" s="108" t="s">
+        <v>205</v>
+      </c>
+      <c r="D24" s="109"/>
+      <c r="E24" s="44"/>
       <c r="F24" s="50"/>
       <c r="G24" s="54" t="s">
         <v>0</v>
       </c>
       <c r="H24" s="55" t="s">
         <v>1</v>
       </c>
       <c r="I24" s="56" t="s">
         <v>2</v>
       </c>
       <c r="J24" s="57" t="s">
         <v>3</v>
       </c>
       <c r="K24" s="50"/>
       <c r="L24" s="44"/>
       <c r="M24" s="110" t="s">
-        <v>211</v>
+        <v>195</v>
       </c>
       <c r="N24" s="111"/>
       <c r="O24" s="44"/>
       <c r="P24" s="53"/>
     </row>
     <row r="25" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="41"/>
-      <c r="B25" s="45">
-[...6 lines deleted...]
-      <c r="E25" s="58"/>
+      <c r="B25" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="C25" s="55" t="s">
+        <v>1</v>
+      </c>
+      <c r="D25" s="56" t="s">
+        <v>2</v>
+      </c>
+      <c r="E25" s="57" t="s">
+        <v>3</v>
+      </c>
       <c r="F25" s="50"/>
       <c r="G25" s="45">
         <v>1</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-      <c r="J25" s="58"/>
+        <v>197</v>
+      </c>
+      <c r="I25" s="46">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J25" s="58">
+        <v>0.125</v>
+      </c>
       <c r="K25" s="50"/>
       <c r="L25" s="54" t="s">
         <v>0</v>
       </c>
       <c r="M25" s="55" t="s">
         <v>1</v>
       </c>
       <c r="N25" s="56" t="s">
         <v>2</v>
       </c>
       <c r="O25" s="57" t="s">
         <v>3</v>
       </c>
       <c r="P25" s="53"/>
     </row>
     <row r="26" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="41"/>
       <c r="B26" s="45">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E26" s="58"/>
+        <v>73</v>
+      </c>
+      <c r="D26" s="46">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E26" s="58">
+        <v>0.125</v>
+      </c>
       <c r="F26" s="50"/>
       <c r="G26" s="45">
         <v>2</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="I26" s="46"/>
       <c r="J26" s="58"/>
       <c r="K26" s="50"/>
       <c r="L26" s="45">
         <v>1</v>
       </c>
       <c r="M26" s="1" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="O26" s="58"/>
+        <v>209</v>
+      </c>
+      <c r="N26" s="46">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="O26" s="58">
+        <v>0.125</v>
+      </c>
       <c r="P26" s="53"/>
     </row>
     <row r="27" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="41"/>
       <c r="B27" s="45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="D27" s="46"/>
-      <c r="E27" s="58"/>
+      <c r="E27" s="61"/>
       <c r="F27" s="50"/>
       <c r="G27" s="45">
         <v>3</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>44</v>
+        <v>87</v>
       </c>
       <c r="I27" s="65"/>
       <c r="J27" s="58"/>
       <c r="K27" s="50"/>
       <c r="L27" s="45">
         <v>2</v>
       </c>
       <c r="M27" s="1" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="N27" s="46"/>
       <c r="O27" s="58"/>
       <c r="P27" s="53"/>
     </row>
     <row r="28" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A28" s="41"/>
       <c r="B28" s="45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="E28" s="61"/>
+        <v>77</v>
+      </c>
+      <c r="D28" s="46">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E28" s="58">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="F28" s="50"/>
       <c r="G28" s="47">
         <v>4</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-      <c r="J28" s="71"/>
+        <v>43</v>
+      </c>
+      <c r="I28" s="48">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J28" s="71">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="K28" s="50"/>
       <c r="L28" s="47">
         <v>3</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-      <c r="O28" s="49"/>
+        <v>29</v>
+      </c>
+      <c r="N28" s="3">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="O28" s="49">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="P28" s="53"/>
     </row>
     <row r="29" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="41"/>
       <c r="B29" s="47">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-      <c r="E29" s="71"/>
+        <v>12</v>
+      </c>
+      <c r="D29" s="3">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E29" s="71">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="F29" s="50"/>
       <c r="G29" s="41"/>
       <c r="H29" s="41"/>
       <c r="I29" s="41"/>
       <c r="J29" s="41"/>
       <c r="K29" s="50"/>
       <c r="L29" s="41"/>
       <c r="M29" s="41"/>
       <c r="N29" s="41"/>
       <c r="O29" s="41"/>
       <c r="P29" s="53"/>
     </row>
     <row r="30" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="41"/>
-      <c r="B30" s="106"/>
-[...2 lines deleted...]
-      <c r="E30" s="106"/>
+      <c r="B30" s="103"/>
+      <c r="C30" s="104"/>
+      <c r="D30" s="103"/>
+      <c r="E30" s="103"/>
       <c r="F30" s="50"/>
       <c r="G30" s="44"/>
       <c r="H30" s="110" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="I30" s="111"/>
       <c r="J30" s="44"/>
       <c r="K30" s="50"/>
       <c r="L30" s="44"/>
       <c r="M30" s="110" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="N30" s="111"/>
       <c r="O30" s="44"/>
       <c r="P30" s="53"/>
     </row>
     <row r="31" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="41"/>
       <c r="B31" s="44"/>
       <c r="C31" s="114" t="s">
-        <v>80</v>
+        <v>206</v>
       </c>
       <c r="D31" s="115"/>
       <c r="E31" s="44"/>
       <c r="F31" s="50"/>
       <c r="G31" s="54" t="s">
         <v>0</v>
       </c>
       <c r="H31" s="55" t="s">
         <v>1</v>
       </c>
       <c r="I31" s="56" t="s">
         <v>2</v>
       </c>
       <c r="J31" s="57" t="s">
         <v>3</v>
       </c>
       <c r="K31" s="50"/>
       <c r="L31" s="54" t="s">
         <v>0</v>
       </c>
       <c r="M31" s="55" t="s">
         <v>1</v>
       </c>
       <c r="N31" s="56" t="s">
         <v>2</v>
       </c>
       <c r="O31" s="57" t="s">
         <v>3</v>
       </c>
       <c r="P31" s="53"/>
     </row>
     <row r="32" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="41"/>
       <c r="B32" s="54" t="s">
         <v>0</v>
       </c>
       <c r="C32" s="55" t="s">
         <v>1</v>
       </c>
       <c r="D32" s="56" t="s">
         <v>2</v>
       </c>
       <c r="E32" s="57" t="s">
         <v>3</v>
       </c>
       <c r="F32" s="50"/>
       <c r="G32" s="45">
         <v>1</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="J32" s="58"/>
+        <v>24</v>
+      </c>
+      <c r="I32" s="46">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J32" s="58">
+        <v>0.125</v>
+      </c>
       <c r="K32" s="50"/>
       <c r="L32" s="45">
         <v>1</v>
       </c>
       <c r="M32" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="N32" s="46"/>
-      <c r="O32" s="58"/>
+      <c r="N32" s="46">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="O32" s="58">
+        <v>8.4027777777777771E-2</v>
+      </c>
       <c r="P32" s="53"/>
     </row>
     <row r="33" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="41"/>
       <c r="B33" s="45">
         <v>1</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-      <c r="E33" s="58"/>
+        <v>204</v>
+      </c>
+      <c r="D33" s="46">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E33" s="58">
+        <v>0.125</v>
+      </c>
       <c r="F33" s="50"/>
       <c r="G33" s="45">
         <v>2</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I33" s="46"/>
       <c r="J33" s="58"/>
       <c r="K33" s="50"/>
       <c r="L33" s="45">
         <v>2</v>
       </c>
       <c r="M33" s="1" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-      <c r="O33" s="58"/>
+        <v>97</v>
+      </c>
+      <c r="N33" s="46">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="O33" s="58">
+        <v>0.16805555555555554</v>
+      </c>
       <c r="P33" s="53"/>
     </row>
     <row r="34" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A34" s="41"/>
       <c r="B34" s="45">
         <v>2</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-      <c r="E34" s="61"/>
+        <v>79</v>
+      </c>
+      <c r="D34" s="46">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E34" s="61">
+        <v>8.4027777777777771E-2</v>
+      </c>
       <c r="F34" s="50"/>
       <c r="G34" s="47">
         <v>3</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-      <c r="J34" s="49"/>
+        <v>88</v>
+      </c>
+      <c r="I34" s="3">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J34" s="49">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="K34" s="50"/>
       <c r="L34" s="47">
         <v>3</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-      <c r="O34" s="49"/>
+        <v>96</v>
+      </c>
+      <c r="N34" s="3">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="O34" s="49">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="P34" s="53"/>
     </row>
     <row r="35" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="41"/>
       <c r="B35" s="45">
         <v>3</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-      <c r="E35" s="61"/>
+        <v>78</v>
+      </c>
+      <c r="D35" s="46">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E35" s="61">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="F35" s="50"/>
       <c r="G35" s="41"/>
       <c r="H35" s="41"/>
       <c r="I35" s="41"/>
       <c r="J35" s="41"/>
       <c r="K35" s="50"/>
       <c r="L35" s="41"/>
       <c r="M35" s="41"/>
       <c r="N35" s="41"/>
       <c r="O35" s="41"/>
       <c r="P35" s="53"/>
     </row>
     <row r="36" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A36" s="41"/>
       <c r="B36" s="67">
         <v>4</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-      <c r="E36" s="71"/>
+        <v>28</v>
+      </c>
+      <c r="D36" s="3">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E36" s="71">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="F36" s="50"/>
       <c r="G36" s="41"/>
       <c r="H36" s="41"/>
       <c r="I36" s="41"/>
       <c r="J36" s="41"/>
       <c r="K36" s="50"/>
       <c r="L36" s="41"/>
       <c r="M36" s="41"/>
       <c r="N36" s="41"/>
       <c r="O36" s="41"/>
       <c r="P36" s="53"/>
     </row>
     <row r="37" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A37" s="41"/>
       <c r="B37" s="51"/>
       <c r="C37" s="63"/>
       <c r="D37" s="52"/>
       <c r="E37" s="52"/>
       <c r="F37" s="41"/>
       <c r="G37" s="51"/>
       <c r="H37" s="63"/>
       <c r="I37" s="52"/>
       <c r="J37" s="52"/>
       <c r="K37" s="41"/>
       <c r="L37" s="41"/>
       <c r="M37" s="41"/>
       <c r="N37" s="41"/>
       <c r="O37" s="41"/>
       <c r="P37" s="41"/>
     </row>
   </sheetData>
   <mergeCells count="15">
+    <mergeCell ref="M2:N2"/>
+    <mergeCell ref="M11:N11"/>
+    <mergeCell ref="M18:N18"/>
+    <mergeCell ref="M24:N24"/>
+    <mergeCell ref="M30:N30"/>
     <mergeCell ref="H23:I23"/>
     <mergeCell ref="H30:I30"/>
     <mergeCell ref="C2:D2"/>
     <mergeCell ref="C31:D31"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="H9:I9"/>
     <mergeCell ref="H16:I16"/>
     <mergeCell ref="C16:D16"/>
-    <mergeCell ref="C23:D23"/>
-[...4 lines deleted...]
-    <mergeCell ref="M30:N30"/>
+    <mergeCell ref="C24:D24"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.74" right="0.36" top="0.53" bottom="0.48" header="0.22" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="66" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:P36"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="55" workbookViewId="0">
-      <selection activeCell="D32" sqref="D32"/>
+      <selection activeCell="D34" sqref="D34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.42578125" style="6" customWidth="1"/>
     <col min="2" max="2" width="7.5703125" style="6" customWidth="1"/>
     <col min="3" max="3" width="31.140625" style="6" customWidth="1"/>
     <col min="4" max="4" width="10.85546875" style="6" customWidth="1"/>
     <col min="5" max="5" width="11.140625" style="6" customWidth="1"/>
     <col min="6" max="6" width="6.28515625" style="6" customWidth="1"/>
     <col min="7" max="7" width="11.42578125" style="6"/>
     <col min="8" max="8" width="26" style="6" customWidth="1"/>
     <col min="9" max="9" width="9" style="6" customWidth="1"/>
     <col min="10" max="10" width="11.42578125" style="6"/>
     <col min="11" max="11" width="7.42578125" style="6" customWidth="1"/>
     <col min="12" max="12" width="8.7109375" style="6" customWidth="1"/>
     <col min="13" max="13" width="30.42578125" style="6" customWidth="1"/>
     <col min="14" max="14" width="11.42578125" style="6"/>
     <col min="15" max="15" width="10.85546875" style="6" customWidth="1"/>
     <col min="16" max="16" width="7.42578125" style="6" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="81" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="5"/>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
       <c r="K1" s="5"/>
       <c r="L1" s="5"/>
       <c r="M1" s="5"/>
       <c r="N1" s="5"/>
       <c r="O1" s="5"/>
       <c r="P1" s="5"/>
     </row>
     <row r="2" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="7"/>
       <c r="B2" s="9"/>
-      <c r="C2" s="108" t="s">
+      <c r="C2" s="112" t="s">
         <v>23</v>
       </c>
-      <c r="D2" s="109"/>
+      <c r="D2" s="113"/>
       <c r="E2" s="9"/>
       <c r="F2" s="8"/>
       <c r="G2" s="9"/>
-      <c r="H2" s="108" t="s">
-[...2 lines deleted...]
-      <c r="I2" s="109"/>
+      <c r="H2" s="112" t="s">
+        <v>165</v>
+      </c>
+      <c r="I2" s="113"/>
       <c r="J2" s="9"/>
       <c r="K2" s="8"/>
       <c r="L2" s="9"/>
-      <c r="M2" s="108" t="s">
-[...2 lines deleted...]
-      <c r="N2" s="109"/>
+      <c r="M2" s="112" t="s">
+        <v>190</v>
+      </c>
+      <c r="N2" s="113"/>
       <c r="O2" s="9"/>
       <c r="P2" s="5"/>
     </row>
     <row r="3" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="7"/>
       <c r="B3" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="19" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="20" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="21" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="8"/>
       <c r="G3" s="18" t="s">
         <v>0</v>
       </c>
       <c r="H3" s="19" t="s">
         <v>1</v>
       </c>
       <c r="I3" s="20" t="s">
@@ -3177,821 +3379,941 @@
       </c>
       <c r="J3" s="21" t="s">
         <v>3</v>
       </c>
       <c r="K3" s="8"/>
       <c r="L3" s="18" t="s">
         <v>0</v>
       </c>
       <c r="M3" s="19" t="s">
         <v>1</v>
       </c>
       <c r="N3" s="20" t="s">
         <v>2</v>
       </c>
       <c r="O3" s="21" t="s">
         <v>3</v>
       </c>
       <c r="P3" s="5"/>
     </row>
     <row r="4" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="7"/>
       <c r="B4" s="10">
         <v>1</v>
       </c>
       <c r="C4" s="62" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-      <c r="E4" s="12"/>
+        <v>143</v>
+      </c>
+      <c r="D4" s="11">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E4" s="12">
+        <v>0.125</v>
+      </c>
       <c r="F4" s="8"/>
       <c r="G4" s="10">
         <v>1</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-      <c r="J4" s="12"/>
+        <v>199</v>
+      </c>
+      <c r="I4" s="11">
+        <v>0.16666666666666666</v>
+      </c>
+      <c r="J4" s="12">
+        <v>0.20902777777777778</v>
+      </c>
       <c r="K4" s="8"/>
       <c r="L4" s="10">
         <v>1</v>
       </c>
       <c r="M4" s="1" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-      <c r="O4" s="12"/>
+        <v>211</v>
+      </c>
+      <c r="N4" s="11">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="O4" s="12">
+        <v>0.125</v>
+      </c>
       <c r="P4" s="5"/>
     </row>
     <row r="5" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="7"/>
       <c r="B5" s="10">
         <v>2</v>
       </c>
       <c r="C5" s="62" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-      <c r="E5" s="61"/>
+        <v>144</v>
+      </c>
+      <c r="D5" s="65">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E5" s="61">
+        <v>8.4027777777777771E-2</v>
+      </c>
       <c r="F5" s="8"/>
       <c r="G5" s="10">
         <v>2</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-      <c r="J5" s="61"/>
+        <v>38</v>
+      </c>
+      <c r="I5" s="11">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J5" s="61">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="K5" s="8"/>
       <c r="L5" s="10">
         <v>2</v>
       </c>
       <c r="M5" s="1" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-      <c r="O5" s="61"/>
+        <v>189</v>
+      </c>
+      <c r="N5" s="11">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="O5" s="61">
+        <v>0.12708333333333333</v>
+      </c>
       <c r="P5" s="5"/>
     </row>
     <row r="6" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="7"/>
       <c r="B6" s="10">
         <v>3</v>
       </c>
       <c r="C6" s="62" t="s">
-        <v>155</v>
+        <v>146</v>
       </c>
       <c r="D6" s="11"/>
       <c r="E6" s="12"/>
       <c r="F6" s="8"/>
       <c r="G6" s="13">
         <v>3</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-      <c r="J6" s="15"/>
+        <v>167</v>
+      </c>
+      <c r="I6" s="14">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J6" s="15">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="K6" s="8"/>
       <c r="L6" s="13">
         <v>3</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-      <c r="O6" s="15"/>
+        <v>187</v>
+      </c>
+      <c r="N6" s="14">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="O6" s="15">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="P6" s="5"/>
     </row>
     <row r="7" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="7"/>
       <c r="B7" s="10">
         <v>4</v>
       </c>
       <c r="C7" s="62" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-      <c r="E7" s="12"/>
+        <v>39</v>
+      </c>
+      <c r="D7" s="65">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E7" s="12">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="F7" s="8"/>
       <c r="G7" s="16"/>
       <c r="H7" s="75"/>
       <c r="I7" s="76"/>
       <c r="J7" s="17"/>
       <c r="K7" s="8"/>
       <c r="L7" s="16"/>
       <c r="M7" s="75"/>
       <c r="N7" s="76"/>
       <c r="O7" s="17"/>
       <c r="P7" s="5"/>
     </row>
     <row r="8" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="5"/>
       <c r="B8" s="74">
         <v>5</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-      <c r="E8" s="80"/>
+        <v>145</v>
+      </c>
+      <c r="D8" s="79">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E8" s="80">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="F8" s="9"/>
       <c r="G8" s="9"/>
-      <c r="H8" s="108" t="s">
-[...2 lines deleted...]
-      <c r="I8" s="109"/>
+      <c r="H8" s="112" t="s">
+        <v>166</v>
+      </c>
+      <c r="I8" s="113"/>
       <c r="J8" s="9"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9"/>
-      <c r="M8" s="108" t="s">
-[...2 lines deleted...]
-      <c r="N8" s="109"/>
+      <c r="M8" s="112" t="s">
+        <v>191</v>
+      </c>
+      <c r="N8" s="113"/>
       <c r="O8" s="9"/>
       <c r="P8" s="5"/>
     </row>
     <row r="9" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="5"/>
       <c r="B9" s="5"/>
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
       <c r="E9" s="5"/>
       <c r="F9" s="9"/>
       <c r="G9" s="18" t="s">
         <v>0</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>1</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>2</v>
       </c>
       <c r="J9" s="21" t="s">
         <v>3</v>
       </c>
       <c r="K9" s="9"/>
       <c r="L9" s="18" t="s">
         <v>0</v>
       </c>
       <c r="M9" s="19" t="s">
         <v>1</v>
       </c>
       <c r="N9" s="20" t="s">
         <v>2</v>
       </c>
       <c r="O9" s="21" t="s">
         <v>3</v>
       </c>
       <c r="P9" s="5"/>
     </row>
     <row r="10" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="5"/>
       <c r="B10" s="9"/>
-      <c r="C10" s="108" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="109"/>
+      <c r="C10" s="112" t="s">
+        <v>149</v>
+      </c>
+      <c r="D10" s="113"/>
       <c r="E10" s="9"/>
       <c r="F10" s="9"/>
       <c r="G10" s="10">
         <v>1</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-      <c r="J10" s="12"/>
+        <v>169</v>
+      </c>
+      <c r="I10" s="11">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J10" s="12">
+        <v>0.125</v>
+      </c>
       <c r="K10" s="9"/>
       <c r="L10" s="10">
         <v>1</v>
       </c>
       <c r="M10" s="1" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-      <c r="O10" s="12"/>
+        <v>212</v>
+      </c>
+      <c r="N10" s="11">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="O10" s="12">
+        <v>0.125</v>
+      </c>
       <c r="P10" s="5"/>
     </row>
     <row r="11" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="5"/>
       <c r="B11" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="19" t="s">
         <v>1</v>
       </c>
       <c r="D11" s="20" t="s">
         <v>2</v>
       </c>
       <c r="E11" s="21" t="s">
         <v>3</v>
       </c>
       <c r="F11" s="9"/>
       <c r="G11" s="10">
         <v>2</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="J11" s="61"/>
+        <v>168</v>
+      </c>
+      <c r="I11" s="11">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="J11" s="61">
+        <v>0.12708333333333333</v>
+      </c>
       <c r="K11" s="9"/>
       <c r="L11" s="10">
         <v>2</v>
       </c>
       <c r="M11" s="1" t="s">
-        <v>202</v>
+        <v>213</v>
       </c>
       <c r="N11" s="11"/>
       <c r="O11" s="61"/>
       <c r="P11" s="7"/>
     </row>
     <row r="12" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A12" s="5"/>
       <c r="B12" s="10">
         <v>1</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-      <c r="E12" s="12"/>
+        <v>152</v>
+      </c>
+      <c r="D12" s="11">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E12" s="12">
+        <v>8.4027777777777771E-2</v>
+      </c>
       <c r="F12" s="9"/>
       <c r="G12" s="13">
         <v>3</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-      <c r="J12" s="15"/>
+        <v>170</v>
+      </c>
+      <c r="I12" s="14">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J12" s="15">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="K12" s="9"/>
       <c r="L12" s="13">
         <v>3</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-      <c r="O12" s="15"/>
+        <v>188</v>
+      </c>
+      <c r="N12" s="14">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="O12" s="15">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="P12" s="5"/>
     </row>
     <row r="13" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13" s="5"/>
       <c r="B13" s="10">
         <v>2</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="D13" s="11"/>
       <c r="E13" s="61"/>
       <c r="F13" s="9"/>
       <c r="G13" s="16"/>
       <c r="H13" s="75"/>
       <c r="I13" s="17"/>
       <c r="J13" s="17"/>
       <c r="K13" s="9"/>
       <c r="L13" s="5"/>
       <c r="M13" s="5"/>
       <c r="N13" s="5"/>
       <c r="O13" s="5"/>
       <c r="P13" s="5"/>
     </row>
     <row r="14" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="5"/>
       <c r="B14" s="10">
         <v>3</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
       <c r="D14" s="11"/>
       <c r="E14" s="12"/>
       <c r="F14" s="9"/>
       <c r="G14" s="9"/>
-      <c r="H14" s="108" t="s">
-[...2 lines deleted...]
-      <c r="I14" s="109"/>
+      <c r="H14" s="112" t="s">
+        <v>176</v>
+      </c>
+      <c r="I14" s="113"/>
       <c r="J14" s="9"/>
       <c r="K14" s="9"/>
       <c r="L14" s="9"/>
-      <c r="M14" s="116" t="s">
-[...2 lines deleted...]
-      <c r="N14" s="117"/>
+      <c r="M14" s="117" t="s">
+        <v>111</v>
+      </c>
+      <c r="N14" s="118"/>
       <c r="O14" s="9"/>
       <c r="P14" s="5"/>
     </row>
     <row r="15" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="5"/>
       <c r="B15" s="13">
         <v>4</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-      <c r="E15" s="72"/>
+        <v>147</v>
+      </c>
+      <c r="D15" s="89">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E15" s="72">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="F15" s="9"/>
       <c r="G15" s="18" t="s">
         <v>0</v>
       </c>
       <c r="H15" s="19" t="s">
         <v>1</v>
       </c>
       <c r="I15" s="20" t="s">
         <v>2</v>
       </c>
       <c r="J15" s="21" t="s">
         <v>3</v>
       </c>
       <c r="K15" s="9"/>
       <c r="L15" s="18" t="s">
         <v>0</v>
       </c>
       <c r="M15" s="19" t="s">
         <v>1</v>
       </c>
       <c r="N15" s="20" t="s">
         <v>2</v>
       </c>
       <c r="O15" s="21" t="s">
         <v>3</v>
       </c>
       <c r="P15" s="5"/>
     </row>
     <row r="16" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A16" s="5"/>
       <c r="B16" s="5"/>
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5"/>
       <c r="F16" s="9"/>
       <c r="G16" s="10">
         <v>1</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-      <c r="J16" s="12"/>
+        <v>172</v>
+      </c>
+      <c r="I16" s="11">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J16" s="12">
+        <v>0.125</v>
+      </c>
       <c r="K16" s="9"/>
       <c r="L16" s="10">
         <v>1</v>
       </c>
       <c r="M16" s="1" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="N16" s="11"/>
       <c r="O16" s="12"/>
       <c r="P16" s="5"/>
     </row>
     <row r="17" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="5"/>
       <c r="B17" s="9"/>
       <c r="C17" s="114" t="s">
-        <v>161</v>
-[...1 lines deleted...]
-      <c r="D17" s="118"/>
+        <v>150</v>
+      </c>
+      <c r="D17" s="116"/>
       <c r="E17" s="9"/>
       <c r="F17" s="9"/>
       <c r="G17" s="10">
         <v>2</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-      <c r="J17" s="61"/>
+        <v>171</v>
+      </c>
+      <c r="I17" s="11">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J17" s="61">
+        <v>0.125</v>
+      </c>
       <c r="K17" s="9"/>
       <c r="L17" s="10">
         <v>2</v>
       </c>
       <c r="M17" s="1" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="N17" s="11"/>
       <c r="O17" s="61"/>
       <c r="P17" s="5"/>
     </row>
     <row r="18" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="5"/>
       <c r="B18" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C18" s="19" t="s">
         <v>1</v>
       </c>
       <c r="D18" s="20" t="s">
         <v>2</v>
       </c>
       <c r="E18" s="21" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="9"/>
       <c r="G18" s="10">
         <v>3</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>184</v>
+        <v>174</v>
       </c>
       <c r="I18" s="11"/>
       <c r="J18" s="12"/>
       <c r="K18" s="9"/>
       <c r="L18" s="13">
         <v>3</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="N18" s="14"/>
       <c r="O18" s="15"/>
       <c r="P18" s="5"/>
     </row>
     <row r="19" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="5"/>
       <c r="B19" s="10">
         <v>1</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-      <c r="E19" s="12"/>
+        <v>154</v>
+      </c>
+      <c r="D19" s="11">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E19" s="12">
+        <v>0.125</v>
+      </c>
       <c r="F19" s="9"/>
       <c r="G19" s="10">
         <v>4</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-      <c r="J19" s="92"/>
+        <v>173</v>
+      </c>
+      <c r="I19" s="90">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J19" s="91">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="K19" s="9"/>
       <c r="L19" s="9"/>
-      <c r="M19" s="116" t="s">
-[...2 lines deleted...]
-      <c r="N19" s="117"/>
+      <c r="M19" s="117" t="s">
+        <v>45</v>
+      </c>
+      <c r="N19" s="118"/>
       <c r="O19" s="9"/>
       <c r="P19" s="5"/>
     </row>
     <row r="20" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="5"/>
       <c r="B20" s="10">
         <v>2</v>
       </c>
       <c r="C20" s="62" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-      <c r="E20" s="61"/>
+        <v>153</v>
+      </c>
+      <c r="D20" s="65">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E20" s="61">
+        <v>8.4027777777777771E-2</v>
+      </c>
       <c r="F20" s="9"/>
       <c r="G20" s="13">
         <v>5</v>
       </c>
       <c r="H20" s="60" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-      <c r="J20" s="15"/>
+        <v>175</v>
+      </c>
+      <c r="I20" s="86">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J20" s="15">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="K20" s="9"/>
       <c r="L20" s="18" t="s">
         <v>0</v>
       </c>
       <c r="M20" s="19" t="s">
         <v>1</v>
       </c>
       <c r="N20" s="20" t="s">
         <v>2</v>
       </c>
       <c r="O20" s="21" t="s">
         <v>3</v>
       </c>
       <c r="P20" s="5"/>
     </row>
     <row r="21" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="5"/>
       <c r="B21" s="10">
         <v>3</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-      <c r="E21" s="12"/>
+        <v>156</v>
+      </c>
+      <c r="D21" s="11">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E21" s="12">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="F21" s="9"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
       <c r="I21" s="5"/>
       <c r="J21" s="5"/>
       <c r="K21" s="9"/>
       <c r="L21" s="10">
         <v>1</v>
       </c>
       <c r="M21" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="N21" s="11"/>
       <c r="O21" s="12"/>
       <c r="P21" s="5"/>
     </row>
     <row r="22" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A22" s="5"/>
       <c r="B22" s="13">
         <v>4</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-      <c r="E22" s="15"/>
+        <v>155</v>
+      </c>
+      <c r="D22" s="14">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E22" s="15">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="F22" s="9"/>
       <c r="G22" s="5"/>
       <c r="H22" s="5"/>
       <c r="I22" s="5"/>
       <c r="J22" s="5"/>
       <c r="K22" s="9"/>
       <c r="L22" s="10">
         <v>2</v>
       </c>
       <c r="M22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="N22" s="11"/>
       <c r="O22" s="61"/>
       <c r="P22" s="5"/>
     </row>
     <row r="23" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="5"/>
       <c r="B23" s="5"/>
       <c r="C23" s="5"/>
       <c r="D23" s="5"/>
       <c r="E23" s="5"/>
       <c r="F23" s="9"/>
       <c r="G23" s="9"/>
-      <c r="H23" s="108" t="s">
-[...2 lines deleted...]
-      <c r="I23" s="109"/>
+      <c r="H23" s="112" t="s">
+        <v>177</v>
+      </c>
+      <c r="I23" s="113"/>
       <c r="J23" s="9"/>
       <c r="K23" s="9"/>
       <c r="L23" s="13">
         <v>3</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="N23" s="14"/>
       <c r="O23" s="15"/>
       <c r="P23" s="5"/>
     </row>
     <row r="24" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="5"/>
       <c r="B24" s="9"/>
-      <c r="C24" s="108" t="s">
-[...2 lines deleted...]
-      <c r="D24" s="109"/>
+      <c r="C24" s="112" t="s">
+        <v>157</v>
+      </c>
+      <c r="D24" s="113"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="18" t="s">
         <v>0</v>
       </c>
       <c r="H24" s="19" t="s">
         <v>1</v>
       </c>
       <c r="I24" s="20" t="s">
         <v>2</v>
       </c>
       <c r="J24" s="21" t="s">
         <v>3</v>
       </c>
       <c r="K24" s="9"/>
       <c r="L24" s="9"/>
-      <c r="M24" s="116" t="s">
-[...2 lines deleted...]
-      <c r="N24" s="117"/>
+      <c r="M24" s="117" t="s">
+        <v>102</v>
+      </c>
+      <c r="N24" s="118"/>
       <c r="O24" s="9"/>
       <c r="P24" s="5"/>
     </row>
     <row r="25" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="5"/>
       <c r="B25" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C25" s="19" t="s">
         <v>1</v>
       </c>
       <c r="D25" s="20" t="s">
         <v>2</v>
       </c>
       <c r="E25" s="21" t="s">
         <v>3</v>
       </c>
       <c r="F25" s="9"/>
       <c r="G25" s="10">
         <v>1</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>191</v>
+        <v>179</v>
       </c>
       <c r="I25" s="11"/>
       <c r="J25" s="12"/>
       <c r="K25" s="9"/>
       <c r="L25" s="18" t="s">
         <v>0</v>
       </c>
       <c r="M25" s="19" t="s">
         <v>1</v>
       </c>
       <c r="N25" s="20" t="s">
         <v>2</v>
       </c>
       <c r="O25" s="21" t="s">
         <v>3</v>
       </c>
       <c r="P25" s="5"/>
     </row>
     <row r="26" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5"/>
       <c r="B26" s="10">
         <v>1</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-      <c r="E26" s="12"/>
+        <v>159</v>
+      </c>
+      <c r="D26" s="11">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E26" s="12">
+        <v>0.125</v>
+      </c>
       <c r="F26" s="9"/>
       <c r="G26" s="10">
         <v>2</v>
       </c>
       <c r="H26" s="66" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-      <c r="J26" s="61"/>
+        <v>182</v>
+      </c>
+      <c r="I26" s="11">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J26" s="61">
+        <v>8.4027777777777771E-2</v>
+      </c>
       <c r="K26" s="9"/>
       <c r="L26" s="10">
         <v>1</v>
       </c>
       <c r="M26" s="1" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="N26" s="11"/>
       <c r="O26" s="12"/>
       <c r="P26" s="5"/>
     </row>
     <row r="27" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="5"/>
       <c r="B27" s="10">
         <v>2</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-      <c r="E27" s="61"/>
+        <v>160</v>
+      </c>
+      <c r="D27" s="11">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="E27" s="61">
+        <v>8.6111111111111124E-2</v>
+      </c>
       <c r="F27" s="9"/>
       <c r="G27" s="10">
         <v>3</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-      <c r="J27" s="61"/>
+        <v>185</v>
+      </c>
+      <c r="I27" s="65">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J27" s="61">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="K27" s="9"/>
       <c r="L27" s="10">
         <v>2</v>
       </c>
       <c r="M27" s="1" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="N27" s="11"/>
       <c r="O27" s="61"/>
       <c r="P27" s="5"/>
     </row>
     <row r="28" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A28" s="5"/>
       <c r="B28" s="13">
         <v>3</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-      <c r="E28" s="15"/>
+        <v>161</v>
+      </c>
+      <c r="D28" s="14">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E28" s="15">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="F28" s="9"/>
       <c r="G28" s="13">
         <v>4</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-      <c r="J28" s="93"/>
+        <v>181</v>
+      </c>
+      <c r="I28" s="89"/>
+      <c r="J28" s="92"/>
       <c r="K28" s="9"/>
       <c r="L28" s="10">
         <v>3</v>
       </c>
       <c r="M28" s="1" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="N28" s="11"/>
       <c r="O28" s="12"/>
       <c r="P28" s="5"/>
     </row>
     <row r="29" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="5"/>
       <c r="B29" s="16"/>
       <c r="C29" s="75"/>
       <c r="D29" s="76"/>
       <c r="E29" s="17"/>
       <c r="F29" s="9"/>
       <c r="G29" s="5"/>
       <c r="H29" s="5"/>
       <c r="I29" s="5"/>
       <c r="J29" s="5"/>
       <c r="K29" s="9"/>
       <c r="L29" s="74">
         <v>4</v>
       </c>
       <c r="M29" s="4" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-      <c r="O29" s="99"/>
+        <v>103</v>
+      </c>
+      <c r="N29" s="97"/>
+      <c r="O29" s="98"/>
       <c r="P29" s="5"/>
     </row>
     <row r="30" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="5"/>
       <c r="B30" s="9"/>
       <c r="C30" s="114" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="D30" s="118"/>
+        <v>158</v>
+      </c>
+      <c r="D30" s="116"/>
       <c r="E30" s="9"/>
       <c r="F30" s="9"/>
       <c r="G30" s="9"/>
-      <c r="H30" s="108" t="s">
-[...2 lines deleted...]
-      <c r="I30" s="109"/>
+      <c r="H30" s="112" t="s">
+        <v>178</v>
+      </c>
+      <c r="I30" s="113"/>
       <c r="J30" s="9"/>
       <c r="K30" s="9"/>
       <c r="L30" s="9"/>
-      <c r="M30" s="116" t="s">
-[...2 lines deleted...]
-      <c r="N30" s="117"/>
+      <c r="M30" s="117" t="s">
+        <v>107</v>
+      </c>
+      <c r="N30" s="118"/>
       <c r="O30" s="9"/>
       <c r="P30" s="5"/>
     </row>
     <row r="31" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="5"/>
       <c r="B31" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C31" s="19" t="s">
         <v>1</v>
       </c>
       <c r="D31" s="20" t="s">
         <v>2</v>
       </c>
       <c r="E31" s="21" t="s">
         <v>3</v>
       </c>
       <c r="F31" s="9"/>
       <c r="G31" s="18" t="s">
         <v>0</v>
       </c>
       <c r="H31" s="19" t="s">
         <v>1</v>
       </c>
       <c r="I31" s="20" t="s">
@@ -3999,159 +4321,183 @@
       </c>
       <c r="J31" s="21" t="s">
         <v>3</v>
       </c>
       <c r="K31" s="9"/>
       <c r="L31" s="18" t="s">
         <v>0</v>
       </c>
       <c r="M31" s="19" t="s">
         <v>1</v>
       </c>
       <c r="N31" s="20" t="s">
         <v>2</v>
       </c>
       <c r="O31" s="21" t="s">
         <v>3</v>
       </c>
       <c r="P31" s="5"/>
     </row>
     <row r="32" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="5"/>
       <c r="B32" s="10">
         <v>1</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-      <c r="E32" s="12"/>
+        <v>164</v>
+      </c>
+      <c r="D32" s="11">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E32" s="12">
+        <v>0.125</v>
+      </c>
       <c r="F32" s="9"/>
       <c r="G32" s="10">
         <v>1</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-      <c r="J32" s="12"/>
+        <v>184</v>
+      </c>
+      <c r="I32" s="11">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J32" s="12">
+        <v>0.125</v>
+      </c>
       <c r="K32" s="9"/>
       <c r="L32" s="10">
         <v>1</v>
       </c>
       <c r="M32" s="1" t="s">
-        <v>212</v>
+        <v>196</v>
       </c>
       <c r="N32" s="11"/>
       <c r="O32" s="12"/>
       <c r="P32" s="5"/>
     </row>
     <row r="33" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="5"/>
       <c r="B33" s="10">
         <v>2</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-      <c r="E33" s="61"/>
+        <v>163</v>
+      </c>
+      <c r="D33" s="11">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E33" s="61">
+        <v>0.125</v>
+      </c>
       <c r="F33" s="9"/>
       <c r="G33" s="10">
         <v>2</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>192</v>
+        <v>180</v>
       </c>
       <c r="I33" s="11"/>
       <c r="J33" s="61"/>
       <c r="K33" s="9"/>
       <c r="L33" s="10">
         <v>2</v>
       </c>
       <c r="M33" s="1" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="N33" s="11"/>
       <c r="O33" s="61"/>
       <c r="P33" s="5"/>
     </row>
     <row r="34" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="5"/>
       <c r="B34" s="10">
         <v>3</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-      <c r="E34" s="12"/>
+        <v>198</v>
+      </c>
+      <c r="D34" s="11">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E34" s="12">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="F34" s="9"/>
       <c r="G34" s="10">
         <v>3</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-      <c r="J34" s="61"/>
+        <v>183</v>
+      </c>
+      <c r="I34" s="65">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J34" s="61">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="K34" s="9"/>
       <c r="L34" s="10">
         <v>3</v>
       </c>
       <c r="M34" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="N34" s="11"/>
       <c r="O34" s="12"/>
       <c r="P34" s="5"/>
     </row>
     <row r="35" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A35" s="5"/>
       <c r="B35" s="13">
         <v>4</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-      <c r="E35" s="72"/>
+        <v>162</v>
+      </c>
+      <c r="D35" s="105">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E35" s="72">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="F35" s="9"/>
       <c r="G35" s="13">
         <v>4</v>
       </c>
       <c r="H35" s="2" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-      <c r="J35" s="93"/>
+        <v>186</v>
+      </c>
+      <c r="I35" s="89"/>
+      <c r="J35" s="92"/>
       <c r="K35" s="9"/>
       <c r="L35" s="67">
         <v>4</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="N35" s="3"/>
       <c r="O35" s="71"/>
       <c r="P35" s="5"/>
     </row>
     <row r="36" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A36" s="5"/>
       <c r="B36" s="5"/>
       <c r="C36" s="5"/>
       <c r="D36" s="5"/>
       <c r="E36" s="5"/>
       <c r="F36" s="5"/>
       <c r="G36" s="16"/>
       <c r="H36" s="75"/>
       <c r="I36" s="17"/>
       <c r="J36" s="17"/>
       <c r="K36" s="5"/>
       <c r="L36" s="5"/>
       <c r="M36" s="5"/>
       <c r="N36" s="5"/>
       <c r="O36" s="5"/>
       <c r="P36" s="5"/>
     </row>
   </sheetData>
   <mergeCells count="16">
@@ -4166,112 +4512,112 @@
     <mergeCell ref="M19:N19"/>
     <mergeCell ref="M24:N24"/>
     <mergeCell ref="H30:I30"/>
     <mergeCell ref="H23:I23"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="C2:D2"/>
     <mergeCell ref="H8:I8"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="60" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="16" max="73" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:S41"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="40" workbookViewId="0">
-      <selection activeCell="I17" sqref="I17"/>
+      <selection activeCell="J44" sqref="J44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.42578125" style="23" customWidth="1"/>
     <col min="2" max="2" width="7.5703125" style="23" customWidth="1"/>
     <col min="3" max="3" width="31.140625" style="23" customWidth="1"/>
     <col min="4" max="4" width="10.85546875" style="23" customWidth="1"/>
     <col min="5" max="5" width="11.140625" style="23" customWidth="1"/>
     <col min="6" max="6" width="6.28515625" style="23" customWidth="1"/>
     <col min="7" max="7" width="11.42578125" style="23" customWidth="1"/>
     <col min="8" max="8" width="26" style="23" customWidth="1"/>
     <col min="9" max="9" width="9" style="23" customWidth="1"/>
     <col min="10" max="10" width="11.42578125" style="23"/>
     <col min="11" max="11" width="7.42578125" style="23" customWidth="1"/>
     <col min="12" max="12" width="8.7109375" style="23" customWidth="1"/>
     <col min="13" max="13" width="25.85546875" style="23" customWidth="1"/>
     <col min="14" max="14" width="11.42578125" style="23"/>
     <col min="15" max="15" width="10.85546875" style="23" customWidth="1"/>
     <col min="16" max="16384" width="11.42578125" style="23"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="81" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="22"/>
       <c r="B1" s="22"/>
       <c r="C1" s="24"/>
       <c r="D1" s="22"/>
       <c r="E1" s="22"/>
       <c r="F1" s="22"/>
       <c r="G1" s="22"/>
       <c r="H1" s="22"/>
       <c r="I1" s="22"/>
       <c r="J1" s="22"/>
       <c r="K1" s="22"/>
       <c r="L1" s="22"/>
       <c r="M1" s="22"/>
       <c r="N1" s="22"/>
       <c r="O1" s="22"/>
       <c r="P1" s="22"/>
     </row>
     <row r="2" spans="1:18" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="24"/>
       <c r="B2" s="26"/>
-      <c r="C2" s="108" t="s">
-[...2 lines deleted...]
-      <c r="D2" s="109"/>
+      <c r="C2" s="112" t="s">
+        <v>112</v>
+      </c>
+      <c r="D2" s="113"/>
       <c r="E2" s="26"/>
       <c r="F2" s="25"/>
       <c r="G2" s="26"/>
-      <c r="H2" s="108" t="s">
-[...2 lines deleted...]
-      <c r="I2" s="109"/>
+      <c r="H2" s="112" t="s">
+        <v>54</v>
+      </c>
+      <c r="I2" s="113"/>
       <c r="J2" s="26"/>
       <c r="K2" s="25"/>
       <c r="L2" s="26"/>
       <c r="M2" s="114" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="N2" s="118"/>
+        <v>194</v>
+      </c>
+      <c r="N2" s="116"/>
       <c r="O2" s="26"/>
       <c r="P2" s="22"/>
     </row>
     <row r="3" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="24"/>
       <c r="B3" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="28" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="29" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="30" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="25"/>
       <c r="G3" s="81" t="s">
         <v>0</v>
       </c>
       <c r="H3" s="82" t="s">
         <v>1</v>
       </c>
       <c r="I3" s="83" t="s">
@@ -4279,1002 +4625,1182 @@
       </c>
       <c r="J3" s="84" t="s">
         <v>3</v>
       </c>
       <c r="K3" s="25"/>
       <c r="L3" s="27" t="s">
         <v>0</v>
       </c>
       <c r="M3" s="28" t="s">
         <v>1</v>
       </c>
       <c r="N3" s="29" t="s">
         <v>2</v>
       </c>
       <c r="O3" s="30" t="s">
         <v>3</v>
       </c>
       <c r="P3" s="22"/>
     </row>
     <row r="4" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="24"/>
       <c r="B4" s="33">
         <v>1</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-      <c r="E4" s="32"/>
+        <v>113</v>
+      </c>
+      <c r="D4" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E4" s="32">
+        <v>8.4027777777777771E-2</v>
+      </c>
       <c r="F4" s="25"/>
       <c r="G4" s="33">
         <v>1</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-      <c r="J4" s="32"/>
+        <v>48</v>
+      </c>
+      <c r="I4" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J4" s="32">
+        <v>0.125</v>
+      </c>
       <c r="K4" s="25"/>
       <c r="L4" s="33">
         <v>1</v>
       </c>
       <c r="M4" s="1" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-      <c r="O4" s="32"/>
+        <v>132</v>
+      </c>
+      <c r="N4" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="O4" s="32">
+        <v>8.4027777777777771E-2</v>
+      </c>
       <c r="P4" s="22"/>
     </row>
     <row r="5" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="24"/>
       <c r="B5" s="33">
         <v>2</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-      <c r="E5" s="32"/>
+        <v>116</v>
+      </c>
+      <c r="D5" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E5" s="61">
+        <v>8.4027777777777771E-2</v>
+      </c>
       <c r="F5" s="25"/>
       <c r="G5" s="33">
         <v>2</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="I5" s="31"/>
       <c r="J5" s="32"/>
       <c r="K5" s="25"/>
       <c r="L5" s="33">
         <v>2</v>
       </c>
       <c r="M5" s="1" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-      <c r="O5" s="32"/>
+        <v>129</v>
+      </c>
+      <c r="N5" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="O5" s="32">
+        <v>8.4027777777777771E-2</v>
+      </c>
       <c r="P5" s="22"/>
       <c r="R5" s="34"/>
     </row>
     <row r="6" spans="1:18" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="24"/>
       <c r="B6" s="33">
         <v>3</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-      <c r="E6" s="68"/>
+        <v>115</v>
+      </c>
+      <c r="D6" s="65">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E6" s="68">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="F6" s="25"/>
       <c r="G6" s="35">
         <v>3</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="J6" s="70"/>
+        <v>55</v>
+      </c>
+      <c r="I6" s="3">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J6" s="70">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="K6" s="25"/>
       <c r="L6" s="33">
         <v>3</v>
       </c>
       <c r="M6" s="1" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-      <c r="O6" s="32"/>
+        <v>128</v>
+      </c>
+      <c r="N6" s="65">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="O6" s="32">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="P6" s="22"/>
     </row>
     <row r="7" spans="1:18" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="24"/>
       <c r="B7" s="74">
         <v>4</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-      <c r="E7" s="80"/>
+        <v>114</v>
+      </c>
+      <c r="D7" s="79">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E7" s="80">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="F7" s="25"/>
       <c r="G7" s="36"/>
       <c r="H7" s="24"/>
       <c r="I7" s="69"/>
       <c r="J7" s="38"/>
       <c r="K7" s="25"/>
       <c r="L7" s="67">
         <v>4</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-      <c r="O7" s="71"/>
+        <v>12</v>
+      </c>
+      <c r="N7" s="3">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="O7" s="71">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="P7" s="22"/>
     </row>
     <row r="8" spans="1:18" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="22"/>
       <c r="B8" s="36"/>
       <c r="C8" s="24"/>
       <c r="D8" s="69"/>
       <c r="E8" s="38"/>
       <c r="F8" s="26"/>
       <c r="G8" s="26"/>
-      <c r="H8" s="108" t="s">
-[...2 lines deleted...]
-      <c r="I8" s="109"/>
+      <c r="H8" s="112" t="s">
+        <v>123</v>
+      </c>
+      <c r="I8" s="113"/>
       <c r="J8" s="26"/>
       <c r="K8" s="26"/>
-      <c r="L8" s="89"/>
+      <c r="L8" s="88"/>
       <c r="M8" s="64"/>
       <c r="N8" s="77"/>
       <c r="O8" s="77"/>
       <c r="P8" s="22"/>
     </row>
     <row r="9" spans="1:18" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="22"/>
       <c r="B9" s="26"/>
-      <c r="C9" s="108" t="s">
-[...2 lines deleted...]
-      <c r="D9" s="109"/>
+      <c r="C9" s="112" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" s="113"/>
       <c r="E9" s="26"/>
       <c r="F9" s="26"/>
       <c r="G9" s="81" t="s">
         <v>0</v>
       </c>
       <c r="H9" s="82" t="s">
         <v>1</v>
       </c>
       <c r="I9" s="83" t="s">
         <v>2</v>
       </c>
       <c r="J9" s="84" t="s">
         <v>3</v>
       </c>
       <c r="K9" s="25"/>
       <c r="L9" s="26"/>
-      <c r="M9" s="108" t="s">
-[...2 lines deleted...]
-      <c r="N9" s="109"/>
+      <c r="M9" s="112" t="s">
+        <v>58</v>
+      </c>
+      <c r="N9" s="113"/>
       <c r="O9" s="26"/>
       <c r="P9" s="22"/>
     </row>
     <row r="10" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="22"/>
       <c r="B10" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="28" t="s">
         <v>1</v>
       </c>
       <c r="D10" s="29" t="s">
         <v>2</v>
       </c>
       <c r="E10" s="30" t="s">
         <v>3</v>
       </c>
       <c r="F10" s="26"/>
       <c r="G10" s="33">
         <v>1</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="I10" s="31"/>
-      <c r="J10" s="32"/>
+      <c r="I10" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J10" s="32">
+        <v>0.125</v>
+      </c>
       <c r="K10" s="25"/>
       <c r="L10" s="27" t="s">
         <v>0</v>
       </c>
       <c r="M10" s="28" t="s">
         <v>1</v>
       </c>
       <c r="N10" s="29" t="s">
         <v>2</v>
       </c>
       <c r="O10" s="30" t="s">
         <v>3</v>
       </c>
       <c r="P10" s="22"/>
       <c r="R10" s="34"/>
     </row>
     <row r="11" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="33">
         <v>1</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D11" s="31"/>
-      <c r="E11" s="32"/>
+      <c r="D11" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E11" s="32">
+        <v>0.125</v>
+      </c>
       <c r="F11" s="26"/>
       <c r="G11" s="33">
         <v>2</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>132</v>
+        <v>31</v>
       </c>
       <c r="I11" s="31"/>
       <c r="J11" s="32"/>
       <c r="K11" s="25"/>
       <c r="L11" s="33">
         <v>1</v>
       </c>
       <c r="M11" s="1" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-      <c r="O11" s="32"/>
+        <v>135</v>
+      </c>
+      <c r="N11" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="O11" s="32">
+        <v>0.125</v>
+      </c>
       <c r="P11" s="22"/>
     </row>
     <row r="12" spans="1:18" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A12" s="22"/>
       <c r="B12" s="33">
         <v>2</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-      <c r="E12" s="32"/>
+        <v>200</v>
+      </c>
+      <c r="D12" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E12" s="32">
+        <v>0.125</v>
+      </c>
       <c r="F12" s="26"/>
       <c r="G12" s="35">
         <v>3</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="J12" s="70"/>
+        <v>124</v>
+      </c>
+      <c r="I12" s="3">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J12" s="70">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="K12" s="25"/>
       <c r="L12" s="33">
         <v>2</v>
       </c>
       <c r="M12" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="N12" s="31"/>
-      <c r="O12" s="32"/>
+      <c r="N12" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="O12" s="32">
+        <v>0.125</v>
+      </c>
       <c r="P12" s="22"/>
     </row>
     <row r="13" spans="1:18" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13" s="22"/>
       <c r="B13" s="33">
         <v>3</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-      <c r="E13" s="68"/>
+        <v>118</v>
+      </c>
+      <c r="D13" s="65">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E13" s="68">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="F13" s="26"/>
       <c r="G13" s="36"/>
       <c r="H13" s="64"/>
       <c r="I13" s="77"/>
       <c r="J13" s="78"/>
       <c r="K13" s="25"/>
       <c r="L13" s="33">
         <v>3</v>
       </c>
       <c r="M13" s="1" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-      <c r="O13" s="32"/>
+        <v>134</v>
+      </c>
+      <c r="N13" s="65">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="O13" s="32">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="P13" s="22"/>
     </row>
     <row r="14" spans="1:18" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="22"/>
       <c r="B14" s="74">
         <v>4</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-      <c r="E14" s="80"/>
+        <v>117</v>
+      </c>
+      <c r="D14" s="79">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E14" s="80">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="F14" s="26"/>
       <c r="G14" s="26"/>
-      <c r="H14" s="108" t="s">
-[...2 lines deleted...]
-      <c r="I14" s="109"/>
+      <c r="H14" s="112" t="s">
+        <v>192</v>
+      </c>
+      <c r="I14" s="113"/>
       <c r="J14" s="26"/>
       <c r="K14" s="25"/>
       <c r="L14" s="67">
         <v>4</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-      <c r="O14" s="71"/>
+        <v>133</v>
+      </c>
+      <c r="N14" s="3">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="O14" s="71">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="P14" s="22"/>
     </row>
     <row r="15" spans="1:18" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="26"/>
       <c r="G15" s="18" t="s">
         <v>0</v>
       </c>
       <c r="H15" s="28" t="s">
         <v>1</v>
       </c>
       <c r="I15" s="29" t="s">
         <v>2</v>
       </c>
       <c r="J15" s="30" t="s">
         <v>3</v>
       </c>
       <c r="K15" s="25"/>
       <c r="L15" s="22"/>
       <c r="M15" s="22"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="22"/>
     </row>
     <row r="16" spans="1:18" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="22"/>
       <c r="B16" s="26"/>
-      <c r="C16" s="108" t="s">
-[...2 lines deleted...]
-      <c r="D16" s="109"/>
+      <c r="C16" s="112" t="s">
+        <v>50</v>
+      </c>
+      <c r="D16" s="113"/>
       <c r="E16" s="26"/>
       <c r="F16" s="26"/>
       <c r="G16" s="33">
         <v>1</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-      <c r="J16" s="32"/>
+        <v>20</v>
+      </c>
+      <c r="I16" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J16" s="32">
+        <v>0.125</v>
+      </c>
       <c r="K16" s="25"/>
       <c r="L16" s="22"/>
       <c r="M16" s="22"/>
       <c r="N16" s="22"/>
       <c r="O16" s="22"/>
       <c r="P16" s="22"/>
     </row>
     <row r="17" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="22"/>
       <c r="B17" s="81" t="s">
         <v>0</v>
       </c>
       <c r="C17" s="82" t="s">
         <v>1</v>
       </c>
       <c r="D17" s="83" t="s">
         <v>2</v>
       </c>
       <c r="E17" s="84" t="s">
         <v>3</v>
       </c>
       <c r="F17" s="26"/>
       <c r="G17" s="33">
         <v>2</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-      <c r="J17" s="32"/>
+        <v>203</v>
+      </c>
+      <c r="I17" s="65">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J17" s="32">
+        <v>8.4027777777777771E-2</v>
+      </c>
       <c r="K17" s="25"/>
       <c r="L17" s="26"/>
-      <c r="M17" s="108" t="s">
-[...2 lines deleted...]
-      <c r="N17" s="109"/>
+      <c r="M17" s="112" t="s">
+        <v>207</v>
+      </c>
+      <c r="N17" s="113"/>
       <c r="O17" s="26"/>
       <c r="P17" s="22"/>
     </row>
     <row r="18" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="22"/>
       <c r="B18" s="33">
         <v>1</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-      <c r="E18" s="32"/>
+        <v>35</v>
+      </c>
+      <c r="D18" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E18" s="32">
+        <v>0.125</v>
+      </c>
       <c r="F18" s="26"/>
       <c r="G18" s="33">
         <v>3</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-      <c r="J18" s="68"/>
+        <v>32</v>
+      </c>
+      <c r="I18" s="65">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J18" s="68">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="K18" s="25"/>
       <c r="L18" s="27" t="s">
         <v>0</v>
       </c>
       <c r="M18" s="28" t="s">
         <v>1</v>
       </c>
       <c r="N18" s="29" t="s">
         <v>2</v>
       </c>
       <c r="O18" s="30" t="s">
         <v>3</v>
       </c>
       <c r="P18" s="22"/>
     </row>
     <row r="19" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A19" s="22"/>
       <c r="B19" s="33">
         <v>2</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
       <c r="D19" s="31"/>
       <c r="E19" s="32"/>
       <c r="F19" s="26"/>
       <c r="G19" s="74">
         <v>4</v>
       </c>
       <c r="H19" s="4" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-      <c r="J19" s="80"/>
+        <v>125</v>
+      </c>
+      <c r="I19" s="79">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J19" s="80">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="K19" s="25"/>
       <c r="L19" s="33">
         <v>1</v>
       </c>
       <c r="M19" s="1" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-      <c r="O19" s="32"/>
+        <v>34</v>
+      </c>
+      <c r="N19" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="O19" s="32">
+        <v>0.125</v>
+      </c>
       <c r="P19" s="22"/>
     </row>
     <row r="20" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A20" s="22"/>
       <c r="B20" s="35">
         <v>3</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="E20" s="70"/>
+        <v>208</v>
+      </c>
+      <c r="D20" s="3">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E20" s="70">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="F20" s="26"/>
       <c r="G20" s="36"/>
-      <c r="H20" s="102"/>
-      <c r="I20" s="103"/>
+      <c r="H20" s="101"/>
+      <c r="I20" s="102"/>
       <c r="J20" s="77"/>
       <c r="K20" s="25"/>
       <c r="L20" s="33">
         <v>2</v>
       </c>
-      <c r="M20" s="66" t="s">
-        <v>35</v>
+      <c r="M20" s="106" t="s">
+        <v>131</v>
       </c>
       <c r="N20" s="31"/>
       <c r="O20" s="32"/>
       <c r="P20" s="22"/>
     </row>
     <row r="21" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="22"/>
       <c r="B21" s="36"/>
       <c r="C21" s="24"/>
       <c r="D21" s="69"/>
       <c r="E21" s="38"/>
       <c r="F21" s="26"/>
       <c r="G21" s="26"/>
-      <c r="H21" s="108" t="s">
-[...2 lines deleted...]
-      <c r="I21" s="109"/>
+      <c r="H21" s="112" t="s">
+        <v>126</v>
+      </c>
+      <c r="I21" s="113"/>
       <c r="J21" s="26"/>
       <c r="K21" s="25"/>
-      <c r="L21" s="33">
-[...6 lines deleted...]
-      <c r="O21" s="68"/>
+      <c r="L21" s="35">
+        <v>3</v>
+      </c>
+      <c r="M21" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="N21" s="3">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="O21" s="107">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="P21" s="22"/>
     </row>
     <row r="22" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="22"/>
       <c r="B22" s="26"/>
-      <c r="C22" s="108" t="s">
-[...2 lines deleted...]
-      <c r="D22" s="109"/>
+      <c r="C22" s="112" t="s">
+        <v>51</v>
+      </c>
+      <c r="D22" s="113"/>
       <c r="E22" s="26"/>
       <c r="F22" s="26"/>
       <c r="G22" s="18" t="s">
         <v>0</v>
       </c>
       <c r="H22" s="28" t="s">
         <v>1</v>
       </c>
       <c r="I22" s="29" t="s">
         <v>2</v>
       </c>
       <c r="J22" s="30" t="s">
         <v>3</v>
       </c>
       <c r="K22" s="25"/>
-      <c r="L22" s="85">
-[...6 lines deleted...]
-      <c r="O22" s="61"/>
+      <c r="L22" s="88"/>
+      <c r="M22" s="64"/>
+      <c r="N22" s="77"/>
+      <c r="O22" s="77"/>
       <c r="P22" s="22"/>
       <c r="S22" s="37"/>
     </row>
     <row r="23" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="22"/>
       <c r="B23" s="81" t="s">
         <v>0</v>
       </c>
       <c r="C23" s="82" t="s">
         <v>1</v>
       </c>
       <c r="D23" s="83" t="s">
         <v>2</v>
       </c>
       <c r="E23" s="84" t="s">
         <v>3</v>
       </c>
       <c r="F23" s="26"/>
       <c r="G23" s="33">
         <v>1</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-      <c r="J23" s="32"/>
+        <v>127</v>
+      </c>
+      <c r="I23" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J23" s="32">
+        <v>0.125</v>
+      </c>
       <c r="K23" s="25"/>
-      <c r="L23" s="35">
-[...6 lines deleted...]
-      <c r="O23" s="70"/>
+      <c r="L23" s="26"/>
+      <c r="M23" s="112" t="s">
+        <v>137</v>
+      </c>
+      <c r="N23" s="113"/>
+      <c r="O23" s="26"/>
       <c r="P23" s="22"/>
       <c r="S23" s="37"/>
     </row>
-    <row r="24" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="22"/>
       <c r="B24" s="33">
         <v>1</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-      <c r="E24" s="32"/>
+        <v>17</v>
+      </c>
+      <c r="D24" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E24" s="32">
+        <v>8.4027777777777771E-2</v>
+      </c>
       <c r="F24" s="26"/>
       <c r="G24" s="33">
         <v>2</v>
       </c>
       <c r="H24" s="66" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="J24" s="32"/>
+        <v>52</v>
+      </c>
+      <c r="I24" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J24" s="32">
+        <v>8.4027777777777771E-2</v>
+      </c>
       <c r="K24" s="25"/>
-      <c r="L24" s="22"/>
-[...2 lines deleted...]
-      <c r="O24" s="22"/>
+      <c r="L24" s="81" t="s">
+        <v>0</v>
+      </c>
+      <c r="M24" s="82" t="s">
+        <v>1</v>
+      </c>
+      <c r="N24" s="83" t="s">
+        <v>2</v>
+      </c>
+      <c r="O24" s="84" t="s">
+        <v>3</v>
+      </c>
       <c r="P24" s="22"/>
       <c r="S24" s="39"/>
     </row>
-    <row r="25" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="22"/>
       <c r="B25" s="33">
         <v>2</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="D25" s="31"/>
       <c r="E25" s="32"/>
       <c r="F25" s="26"/>
       <c r="G25" s="33">
         <v>3</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-      <c r="J25" s="68"/>
+        <v>22</v>
+      </c>
+      <c r="I25" s="65">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J25" s="68">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="K25" s="25"/>
-      <c r="L25" s="26"/>
-[...4 lines deleted...]
-      <c r="O25" s="26"/>
+      <c r="L25" s="33">
+        <v>1</v>
+      </c>
+      <c r="M25" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="N25" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="O25" s="32">
+        <v>0.125</v>
+      </c>
       <c r="P25" s="22"/>
       <c r="S25" s="40"/>
     </row>
-    <row r="26" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A26" s="22"/>
       <c r="B26" s="35">
         <v>3</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-      <c r="E26" s="70"/>
+        <v>19</v>
+      </c>
+      <c r="D26" s="3">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E26" s="70">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="F26" s="26"/>
       <c r="G26" s="67">
         <v>4</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="I26" s="3"/>
-      <c r="J26" s="71"/>
+      <c r="I26" s="3">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J26" s="71">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="K26" s="25"/>
-      <c r="L26" s="81" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="L26" s="33">
+        <v>2</v>
+      </c>
+      <c r="M26" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="N26" s="31"/>
+      <c r="O26" s="32"/>
       <c r="P26" s="22"/>
       <c r="S26" s="40"/>
     </row>
     <row r="27" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A27" s="22"/>
       <c r="B27" s="22"/>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="26"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="22"/>
       <c r="J27" s="22"/>
       <c r="K27" s="25"/>
-      <c r="L27" s="33">
-[...6 lines deleted...]
-      <c r="O27" s="32"/>
+      <c r="L27" s="35">
+        <v>3</v>
+      </c>
+      <c r="M27" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="N27" s="3">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="O27" s="70">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="P27" s="22"/>
     </row>
     <row r="28" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="22"/>
       <c r="B28" s="26"/>
-      <c r="C28" s="108" t="s">
-[...2 lines deleted...]
-      <c r="D28" s="109"/>
+      <c r="C28" s="112" t="s">
+        <v>53</v>
+      </c>
+      <c r="D28" s="113"/>
       <c r="E28" s="26"/>
       <c r="F28" s="26"/>
       <c r="G28" s="26"/>
       <c r="H28" s="114" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="I28" s="118"/>
+        <v>193</v>
+      </c>
+      <c r="I28" s="116"/>
       <c r="J28" s="26"/>
       <c r="K28" s="25"/>
-      <c r="L28" s="33">
-[...6 lines deleted...]
-      <c r="O28" s="32"/>
+      <c r="L28" s="22"/>
+      <c r="M28" s="22"/>
+      <c r="N28" s="22"/>
+      <c r="O28" s="22"/>
       <c r="P28" s="22"/>
     </row>
     <row r="29" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="22"/>
       <c r="B29" s="81" t="s">
         <v>0</v>
       </c>
       <c r="C29" s="82" t="s">
         <v>1</v>
       </c>
       <c r="D29" s="83" t="s">
         <v>2</v>
       </c>
       <c r="E29" s="84" t="s">
         <v>3</v>
       </c>
       <c r="F29" s="26"/>
       <c r="G29" s="27" t="s">
         <v>0</v>
       </c>
       <c r="H29" s="28" t="s">
         <v>1</v>
       </c>
       <c r="I29" s="29" t="s">
         <v>2</v>
       </c>
       <c r="J29" s="30" t="s">
         <v>3</v>
       </c>
       <c r="K29" s="25"/>
-      <c r="L29" s="35">
-[...6 lines deleted...]
-      <c r="O29" s="70"/>
+      <c r="L29" s="26"/>
+      <c r="M29" s="112" t="s">
+        <v>136</v>
+      </c>
+      <c r="N29" s="113"/>
+      <c r="O29" s="26"/>
       <c r="P29" s="22"/>
     </row>
-    <row r="30" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="22"/>
       <c r="B30" s="33">
         <v>1</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-      <c r="E30" s="32"/>
+        <v>121</v>
+      </c>
+      <c r="D30" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="E30" s="32">
+        <v>0.125</v>
+      </c>
       <c r="F30" s="26"/>
       <c r="G30" s="33">
         <v>1</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="I30" s="31"/>
-      <c r="J30" s="32"/>
+      <c r="I30" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J30" s="32">
+        <v>0.125</v>
+      </c>
       <c r="K30" s="25"/>
-      <c r="L30" s="22"/>
-[...2 lines deleted...]
-      <c r="O30" s="22"/>
+      <c r="L30" s="27" t="s">
+        <v>0</v>
+      </c>
+      <c r="M30" s="28" t="s">
+        <v>1</v>
+      </c>
+      <c r="N30" s="29" t="s">
+        <v>2</v>
+      </c>
+      <c r="O30" s="30" t="s">
+        <v>3</v>
+      </c>
       <c r="P30" s="22"/>
     </row>
-    <row r="31" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="22"/>
       <c r="B31" s="33">
         <v>2</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D31" s="31"/>
       <c r="E31" s="32"/>
       <c r="F31" s="26"/>
       <c r="G31" s="33">
         <v>2</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-      <c r="J31" s="32"/>
+        <v>14</v>
+      </c>
+      <c r="I31" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J31" s="32">
+        <v>8.4027777777777771E-2</v>
+      </c>
       <c r="K31" s="25"/>
-      <c r="L31" s="26"/>
-[...4 lines deleted...]
-      <c r="O31" s="26"/>
+      <c r="L31" s="33">
+        <v>1</v>
+      </c>
+      <c r="M31" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="N31" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="O31" s="32">
+        <v>8.4027777777777771E-2</v>
+      </c>
       <c r="P31" s="22"/>
     </row>
-    <row r="32" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A32" s="22"/>
       <c r="B32" s="35">
         <v>3</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-      <c r="E32" s="70"/>
+        <v>120</v>
+      </c>
+      <c r="D32" s="3">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E32" s="70">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="F32" s="26"/>
       <c r="G32" s="33">
         <v>3</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-      <c r="J32" s="32"/>
+        <v>56</v>
+      </c>
+      <c r="I32" s="65">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J32" s="32">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="K32" s="25"/>
-      <c r="L32" s="81" t="s">
-[...9 lines deleted...]
-        <v>3</v>
+      <c r="L32" s="33">
+        <v>2</v>
+      </c>
+      <c r="M32" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="N32" s="31">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="O32" s="32">
+        <v>8.4027777777777771E-2</v>
       </c>
       <c r="P32" s="22"/>
     </row>
     <row r="33" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A33" s="22"/>
       <c r="B33" s="36"/>
       <c r="C33" s="24"/>
       <c r="D33" s="69"/>
       <c r="E33" s="38"/>
       <c r="F33" s="26"/>
       <c r="G33" s="67">
         <v>4</v>
       </c>
       <c r="H33" s="2" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-      <c r="J33" s="105"/>
+        <v>201</v>
+      </c>
+      <c r="I33" s="3">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="J33" s="71">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="K33" s="25"/>
       <c r="L33" s="33">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M33" s="1" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-      <c r="O33" s="32"/>
+        <v>140</v>
+      </c>
+      <c r="N33" s="65">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="O33" s="32">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="P33" s="22"/>
     </row>
-    <row r="34" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="22"/>
       <c r="B34" s="25"/>
       <c r="C34" s="119"/>
       <c r="D34" s="119"/>
       <c r="E34" s="25"/>
       <c r="F34" s="26"/>
       <c r="G34" s="22"/>
       <c r="H34" s="22"/>
       <c r="I34" s="22"/>
       <c r="J34" s="22"/>
       <c r="K34" s="25"/>
-      <c r="L34" s="33">
-[...6 lines deleted...]
-      <c r="O34" s="32"/>
+      <c r="L34" s="74">
+        <v>4</v>
+      </c>
+      <c r="M34" s="4" t="s">
+        <v>210</v>
+      </c>
+      <c r="N34" s="79">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="O34" s="80">
+        <v>4.3055555555555562E-2</v>
+      </c>
       <c r="P34" s="22"/>
     </row>
-    <row r="35" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="22"/>
-      <c r="B35" s="86"/>
-[...2 lines deleted...]
-      <c r="E35" s="86"/>
+      <c r="B35" s="85"/>
+      <c r="C35" s="87"/>
+      <c r="D35" s="85"/>
+      <c r="E35" s="85"/>
       <c r="F35" s="26"/>
-      <c r="G35" s="89"/>
+      <c r="G35" s="88"/>
       <c r="H35" s="64"/>
       <c r="I35" s="24"/>
       <c r="J35" s="24"/>
       <c r="K35" s="25"/>
-      <c r="L35" s="35">
-[...6 lines deleted...]
-      <c r="O35" s="70"/>
+      <c r="L35" s="22"/>
+      <c r="M35" s="22"/>
+      <c r="N35" s="22"/>
+      <c r="O35" s="22"/>
       <c r="P35" s="22"/>
     </row>
     <row r="36" spans="1:16" ht="15" x14ac:dyDescent="0.2">
-      <c r="B36" s="100"/>
-[...2 lines deleted...]
-      <c r="E36" s="101"/>
+      <c r="B36" s="99"/>
+      <c r="C36" s="95"/>
+      <c r="D36" s="100"/>
+      <c r="E36" s="100"/>
     </row>
     <row r="37" spans="1:16" ht="15" x14ac:dyDescent="0.2">
-      <c r="B37" s="100"/>
-[...2 lines deleted...]
-      <c r="E37" s="101"/>
+      <c r="B37" s="99"/>
+      <c r="C37" s="95"/>
+      <c r="D37" s="100"/>
+      <c r="E37" s="100"/>
     </row>
     <row r="38" spans="1:16" ht="15" x14ac:dyDescent="0.2">
-      <c r="B38" s="100"/>
-[...2 lines deleted...]
-      <c r="E38" s="101"/>
+      <c r="B38" s="99"/>
+      <c r="C38" s="95"/>
+      <c r="D38" s="96"/>
+      <c r="E38" s="100"/>
     </row>
     <row r="41" spans="1:16" x14ac:dyDescent="0.2">
       <c r="M41" s="34"/>
     </row>
   </sheetData>
   <mergeCells count="16">
+    <mergeCell ref="M23:N23"/>
+    <mergeCell ref="M29:N29"/>
+    <mergeCell ref="C28:D28"/>
+    <mergeCell ref="C34:D34"/>
+    <mergeCell ref="H28:I28"/>
+    <mergeCell ref="C22:D22"/>
+    <mergeCell ref="H14:I14"/>
+    <mergeCell ref="H21:I21"/>
+    <mergeCell ref="H8:I8"/>
+    <mergeCell ref="H2:I2"/>
     <mergeCell ref="M2:N2"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="M9:N9"/>
     <mergeCell ref="M17:N17"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="C2:D2"/>
-    <mergeCell ref="C22:D22"/>
-[...8 lines deleted...]
-    <mergeCell ref="H28:I28"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="1.18" bottom="1.05" header="0.36" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="63" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="35" max="27" man="1"/>
   </rowBreaks>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="16" max="78" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>