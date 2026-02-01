--- v1 (2025-12-15)
+++ v2 (2026-02-01)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\User\Desktop\Wintercup\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8A9DFBE1-3A0A-44C6-A5A5-6AD5ABB60C6D}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{393A94FC-3912-4B94-95A1-59E92FA4450F}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="15195" windowHeight="3720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Damen - Damen 50" sheetId="1" r:id="rId1"/>
     <sheet name="Herren+H30+D60+D50-3" sheetId="2" r:id="rId2"/>
     <sheet name="Herren 40 &amp; H-50-65" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Damen - Damen 50'!$A$1:$P$42</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Herren 40 &amp; H-50-65'!$A$1:$AB$79</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Herren+H30+D60+D50-3'!$A$1:$P$35</definedName>
   </definedNames>
   <calcPr calcId="114210"/>
   <fileRecoveryPr autoRecover="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="399" uniqueCount="214">
   <si>
     <t xml:space="preserve">Platz </t>
   </si>
   <si>
     <t>Team</t>
@@ -284,104 +284,89 @@
   <si>
     <t>Damen/Damen 30     2.Liga</t>
   </si>
   <si>
     <t>Slicegirls</t>
   </si>
   <si>
     <t>Double Trouble/Schymek</t>
   </si>
   <si>
     <t>#30er love 2.0</t>
   </si>
   <si>
     <t>Tiebreak Ladies</t>
   </si>
   <si>
     <t>Damen 40    1.Liga</t>
   </si>
   <si>
     <t>Chaos Queens</t>
   </si>
   <si>
     <t>TC RW Nierstein</t>
   </si>
   <si>
-    <t>Schriesemer Ladies</t>
-[...1 lines deleted...]
-  <si>
     <t>Damen BoRo</t>
   </si>
   <si>
     <t>Crash Test Season 2</t>
   </si>
   <si>
     <t>Court Queens</t>
   </si>
   <si>
     <t>Schoppenheimer Ladies</t>
   </si>
   <si>
     <t>Damen 40    5.Liga</t>
   </si>
   <si>
-    <t>CK two</t>
-[...1 lines deleted...]
-  <si>
     <t>Tzazikis</t>
   </si>
   <si>
     <t>Smoothies</t>
   </si>
   <si>
     <t>Damen 50(55)    1.Liga</t>
   </si>
   <si>
-    <t>Hembsbach fifty's</t>
-[...1 lines deleted...]
-  <si>
     <t>TSG Heidelberg</t>
   </si>
   <si>
     <t>Die Turboschnecken</t>
   </si>
   <si>
     <t>TC BW Bensheim</t>
   </si>
   <si>
     <t>Ballverliebt</t>
   </si>
   <si>
     <t>Rollercoaster Girls</t>
   </si>
   <si>
-    <t>Damen 50    2.Liga A</t>
-[...4 lines deleted...]
-  <si>
     <t>Damen 50  4.Liga</t>
   </si>
   <si>
     <t>Weschnitzchicken</t>
   </si>
   <si>
     <t>Rabbitchicks</t>
   </si>
   <si>
     <t>Ballwechseljahre</t>
   </si>
   <si>
     <t>Herzen auf dem Court</t>
   </si>
   <si>
     <t xml:space="preserve">Damen 55-65       1.Liga </t>
   </si>
   <si>
     <t>Lucky Ladie's Oppenheim</t>
   </si>
   <si>
     <t>LADYS Plus</t>
   </si>
   <si>
     <t>TC Mutterstadt</t>
@@ -389,122 +374,113 @@
   <si>
     <t>Damen 50  3.Liga A</t>
   </si>
   <si>
     <t>Herren 40      1.Liga</t>
   </si>
   <si>
     <t>Team Malaga</t>
   </si>
   <si>
     <t>Michael K &amp; Finest Selection</t>
   </si>
   <si>
     <t>TC Kohlheck</t>
   </si>
   <si>
     <t>Lambada Jungs</t>
   </si>
   <si>
     <t xml:space="preserve">Gentleman Jack's </t>
   </si>
   <si>
     <t>TC Old Boys Badenheim 1</t>
   </si>
   <si>
-    <t>Weinberg-Asse</t>
-[...1 lines deleted...]
-  <si>
     <t>Einhänder United</t>
   </si>
   <si>
     <t>TC Old Boys Badenheim 2</t>
   </si>
   <si>
     <t>SA-T-AN</t>
   </si>
   <si>
     <t>Herren 50      1.Liga A</t>
   </si>
   <si>
     <t>Mr. &amp; Mrs. Pink</t>
   </si>
   <si>
     <t>TCO Schorlepezzer</t>
   </si>
   <si>
     <t xml:space="preserve">Herren 50      2.Liga </t>
   </si>
   <si>
     <t>HüGö</t>
   </si>
   <si>
     <t>Lachsgiggel</t>
   </si>
   <si>
     <t>Einfach so</t>
   </si>
   <si>
     <t>TC Freinsheim</t>
   </si>
   <si>
     <t>TCO Lorsch</t>
   </si>
   <si>
     <t>TCO Rieslingschorle</t>
   </si>
   <si>
     <t>TCO Weizenbier</t>
   </si>
   <si>
     <t>Hesse James</t>
   </si>
   <si>
-    <t>TGV Old but Gold</t>
-[...1 lines deleted...]
-  <si>
     <t>Herren 60-65     2.Liga B</t>
   </si>
   <si>
     <t>Herren60-65     2-Liga A</t>
   </si>
   <si>
     <t>TC Dubbeglas</t>
   </si>
   <si>
     <t>24-H Marathon 1</t>
   </si>
   <si>
     <t>24-H Marathon 2</t>
   </si>
   <si>
     <t>TG Oldies 65</t>
   </si>
   <si>
-    <t>Longliners Ladenburg</t>
-[...1 lines deleted...]
-  <si>
     <t>MTV Mainz 1817 1</t>
   </si>
   <si>
     <t>AS Tralkörper</t>
   </si>
   <si>
     <t>Fluppentruppe</t>
   </si>
   <si>
     <t>Stopp &amp; Lob</t>
   </si>
   <si>
     <t>1817 Mainz 2</t>
   </si>
   <si>
     <t>TC GW Neustadt</t>
   </si>
   <si>
     <t>Herren   2.Liga A</t>
   </si>
   <si>
     <t>Herren   2.Liga B</t>
   </si>
   <si>
     <t>Backhand &amp; Chill</t>
@@ -617,105 +593,129 @@
   <si>
     <t>Slice &amp; Ice</t>
   </si>
   <si>
     <t>Die Muskelkaters</t>
   </si>
   <si>
     <t>TC Rehasport Leimer</t>
   </si>
   <si>
     <t>Herren  30  2.Liga A</t>
   </si>
   <si>
     <t>Herren  30    2.Liga B</t>
   </si>
   <si>
     <t>Herren 50(55)      1.Liga B</t>
   </si>
   <si>
     <t>Herren 50(55)     3.Liga</t>
   </si>
   <si>
     <t>Herren 50(55)      4.Liga</t>
   </si>
   <si>
-    <t>Damen 50(55)    2.Liga B</t>
-[...1 lines deleted...]
-  <si>
     <t>Sonnenschein</t>
   </si>
   <si>
     <t>Aperolis</t>
   </si>
   <si>
     <t>Head-Hunter</t>
   </si>
   <si>
     <t xml:space="preserve"> Viernheim</t>
   </si>
   <si>
     <t>Rheinsmashers</t>
   </si>
   <si>
     <t>Riedochsen</t>
   </si>
   <si>
     <t>The Nameless</t>
   </si>
   <si>
     <t>Mia san Mia</t>
   </si>
   <si>
     <t>Match Muddis</t>
   </si>
   <si>
     <t>Damen/Damen 30    4.Liga</t>
   </si>
   <si>
     <t>Damen/D30     5.Liga</t>
   </si>
   <si>
     <t>Herren 60-65   1.Liga Hin+Rück</t>
   </si>
   <si>
     <t>Balls of Glory</t>
   </si>
   <si>
-    <t>Die ehm. Grün-Weißen</t>
-[...1 lines deleted...]
-  <si>
     <t>Oldebach Rackets</t>
   </si>
   <si>
     <t>Nahezu Topfit</t>
   </si>
   <si>
     <t>Die Inseljungs</t>
   </si>
   <si>
     <t>TCW H-30</t>
+  </si>
+  <si>
+    <t>TVG Old but Gold</t>
+  </si>
+  <si>
+    <t>Longliner Ladenburg</t>
+  </si>
+  <si>
+    <t>Die ehe. Grün-Weißen</t>
+  </si>
+  <si>
+    <t>Hembsbach Fifty's</t>
+  </si>
+  <si>
+    <t>Damen 50    2-Liga Finalgruppe</t>
+  </si>
+  <si>
+    <t>Damen 50(55) 2.Liga Vizegruppe</t>
+  </si>
+  <si>
+    <t>Damen 50(55) 2.Liga Third Place</t>
+  </si>
+  <si>
+    <t>Weinberg Asse</t>
+  </si>
+  <si>
+    <t>Schriesheimer Ladies</t>
+  </si>
+  <si>
+    <t>CK Two</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1061,51 +1061,51 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="120">
+  <cellXfs count="118">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="1" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="3" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="3" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="3" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="3" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
@@ -1211,52 +1211,50 @@
     <xf numFmtId="20" fontId="1" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="1" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="20" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="20" fontId="3" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="20" fontId="1" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="6" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="20" fontId="1" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="3" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="8" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1956,115 +1954,115 @@
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:V37"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" workbookViewId="0">
-      <selection activeCell="N34" sqref="N34"/>
+    <sheetView topLeftCell="D1" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" workbookViewId="0">
+      <selection activeCell="H20" sqref="H20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.42578125" style="42" customWidth="1"/>
     <col min="2" max="2" width="7.5703125" style="42" customWidth="1"/>
     <col min="3" max="3" width="31.140625" style="42" customWidth="1"/>
     <col min="4" max="4" width="10.85546875" style="42" customWidth="1"/>
     <col min="5" max="5" width="11.140625" style="42" customWidth="1"/>
     <col min="6" max="6" width="6.28515625" style="42" customWidth="1"/>
     <col min="7" max="7" width="11.42578125" style="42"/>
     <col min="8" max="8" width="27.140625" style="42" customWidth="1"/>
     <col min="9" max="9" width="9" style="42" customWidth="1"/>
     <col min="10" max="10" width="11.42578125" style="42"/>
     <col min="11" max="11" width="7.42578125" style="42" customWidth="1"/>
     <col min="12" max="12" width="8.7109375" style="42" customWidth="1"/>
     <col min="13" max="13" width="25.85546875" style="42" customWidth="1"/>
     <col min="14" max="14" width="11.42578125" style="42"/>
     <col min="15" max="15" width="12.42578125" style="42" customWidth="1"/>
     <col min="16" max="16" width="10.42578125" style="42" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="42"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="81" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="41"/>
       <c r="B1" s="41"/>
       <c r="C1" s="41"/>
       <c r="D1" s="41"/>
       <c r="E1" s="41"/>
       <c r="F1" s="41"/>
       <c r="G1" s="41"/>
       <c r="H1" s="41"/>
       <c r="I1" s="41"/>
       <c r="J1" s="41"/>
       <c r="K1" s="41"/>
       <c r="L1" s="41"/>
       <c r="M1" s="41"/>
       <c r="N1" s="41"/>
       <c r="O1" s="41"/>
       <c r="P1" s="41"/>
       <c r="V1" s="43"/>
     </row>
     <row r="2" spans="1:22" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="41"/>
       <c r="B2" s="44"/>
-      <c r="C2" s="112" t="s">
+      <c r="C2" s="110" t="s">
         <v>75</v>
       </c>
-      <c r="D2" s="113"/>
+      <c r="D2" s="111"/>
       <c r="E2" s="44"/>
       <c r="F2" s="44"/>
       <c r="G2" s="44"/>
-      <c r="H2" s="112" t="s">
+      <c r="H2" s="110" t="s">
         <v>81</v>
       </c>
-      <c r="I2" s="113"/>
+      <c r="I2" s="111"/>
       <c r="J2" s="44"/>
       <c r="K2" s="44"/>
       <c r="L2" s="44"/>
-      <c r="M2" s="112" t="s">
-[...2 lines deleted...]
-      <c r="N2" s="113"/>
+      <c r="M2" s="110" t="s">
+        <v>88</v>
+      </c>
+      <c r="N2" s="111"/>
       <c r="O2" s="44"/>
       <c r="P2" s="41"/>
     </row>
     <row r="3" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="41"/>
       <c r="B3" s="54" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="55" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="56" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="57" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="44"/>
       <c r="G3" s="54" t="s">
         <v>0</v>
       </c>
       <c r="H3" s="55" t="s">
         <v>1</v>
       </c>
       <c r="I3" s="56" t="s">
@@ -2075,1178 +2073,1162 @@
       </c>
       <c r="K3" s="44"/>
       <c r="L3" s="54" t="s">
         <v>0</v>
       </c>
       <c r="M3" s="55" t="s">
         <v>1</v>
       </c>
       <c r="N3" s="56" t="s">
         <v>2</v>
       </c>
       <c r="O3" s="57" t="s">
         <v>3</v>
       </c>
       <c r="P3" s="41"/>
     </row>
     <row r="4" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="41"/>
       <c r="B4" s="45">
         <v>1</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D4" s="46">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="E4" s="58">
-        <v>8.4027777777777771E-2</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="F4" s="44"/>
       <c r="G4" s="45">
         <v>1</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="I4" s="46">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="J4" s="58">
-        <v>0.125</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="K4" s="44"/>
       <c r="L4" s="45">
         <v>1</v>
       </c>
       <c r="M4" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="N4" s="46">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="O4" s="58">
-        <v>8.4027777777777771E-2</v>
+        <v>0.16805555555555554</v>
       </c>
       <c r="P4" s="41"/>
     </row>
     <row r="5" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="41"/>
       <c r="B5" s="45">
         <v>2</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D5" s="46">
-        <v>8.3333333333333329E-2</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="E5" s="58">
-        <v>0.125</v>
+        <v>0.12708333333333333</v>
       </c>
       <c r="F5" s="44"/>
       <c r="G5" s="45">
         <v>2</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>80</v>
       </c>
       <c r="I5" s="65">
-        <v>8.3333333333333329E-2</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="J5" s="58">
-        <v>0.125</v>
+        <v>0.16805555555555554</v>
       </c>
       <c r="K5" s="44"/>
       <c r="L5" s="45">
         <v>2</v>
       </c>
       <c r="M5" s="1" t="s">
-        <v>91</v>
+        <v>213</v>
       </c>
       <c r="N5" s="65">
-        <v>8.3333333333333329E-2</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="O5" s="58">
-        <v>8.4027777777777771E-2</v>
+        <v>0.12708333333333333</v>
       </c>
       <c r="P5" s="41"/>
     </row>
     <row r="6" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="41"/>
       <c r="B6" s="45">
         <v>3</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D6" s="46">
-        <v>1.3888888888888889E-3</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="E6" s="58">
-        <v>4.3055555555555562E-2</v>
+        <v>0.16805555555555554</v>
       </c>
       <c r="F6" s="44"/>
       <c r="G6" s="45">
         <v>3</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>36</v>
+        <v>4</v>
       </c>
       <c r="I6" s="46">
-        <v>1.3888888888888889E-3</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="J6" s="58">
-        <v>2.0833333333333333E-3</v>
+        <v>0.12708333333333333</v>
       </c>
       <c r="K6" s="44"/>
       <c r="L6" s="45">
         <v>3</v>
       </c>
       <c r="M6" s="1" t="s">
-        <v>26</v>
+        <v>193</v>
       </c>
       <c r="N6" s="46">
-        <v>1.3888888888888889E-3</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="O6" s="58">
-        <v>4.3055555555555562E-2</v>
+        <v>0.12708333333333333</v>
       </c>
       <c r="P6" s="41"/>
     </row>
     <row r="7" spans="1:22" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="41"/>
       <c r="B7" s="47">
         <v>4</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="48">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="E7" s="49">
-        <v>2.0833333333333333E-3</v>
+        <v>4.1666666666666666E-3</v>
       </c>
       <c r="F7" s="44"/>
       <c r="G7" s="47">
         <v>4</v>
       </c>
       <c r="H7" s="2" t="s">
-        <v>4</v>
+        <v>36</v>
       </c>
       <c r="I7" s="48">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="J7" s="49">
-        <v>2.0833333333333333E-3</v>
+        <v>4.1666666666666666E-3</v>
       </c>
       <c r="K7" s="44"/>
       <c r="L7" s="47">
         <v>4</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>202</v>
+        <v>26</v>
       </c>
       <c r="N7" s="48">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="O7" s="49">
-        <v>4.3055555555555562E-2</v>
+        <v>8.6111111111111124E-2</v>
       </c>
       <c r="P7" s="41"/>
     </row>
     <row r="8" spans="1:22" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A8" s="41"/>
       <c r="B8" s="94"/>
       <c r="C8" s="94"/>
       <c r="D8" s="94"/>
       <c r="E8" s="94"/>
       <c r="F8" s="44"/>
       <c r="G8" s="73"/>
       <c r="H8" s="63"/>
       <c r="I8" s="53"/>
       <c r="J8" s="53"/>
       <c r="K8" s="44"/>
       <c r="L8" s="41"/>
       <c r="M8" s="41"/>
       <c r="N8" s="41"/>
       <c r="O8" s="41"/>
       <c r="P8" s="41"/>
     </row>
     <row r="9" spans="1:22" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="41"/>
       <c r="B9" s="44"/>
-      <c r="C9" s="114" t="s">
+      <c r="C9" s="112" t="s">
         <v>76</v>
       </c>
-      <c r="D9" s="115"/>
+      <c r="D9" s="113"/>
       <c r="E9" s="44"/>
       <c r="F9" s="50"/>
       <c r="G9" s="44"/>
-      <c r="H9" s="110" t="s">
+      <c r="H9" s="108" t="s">
         <v>42</v>
       </c>
-      <c r="I9" s="111"/>
+      <c r="I9" s="109"/>
       <c r="J9" s="44"/>
       <c r="K9" s="50"/>
       <c r="L9" s="41"/>
       <c r="M9" s="41"/>
       <c r="N9" s="41"/>
       <c r="O9" s="41"/>
       <c r="P9" s="53"/>
     </row>
     <row r="10" spans="1:22" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="41"/>
       <c r="B10" s="54" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="55" t="s">
         <v>1</v>
       </c>
       <c r="D10" s="56" t="s">
         <v>2</v>
       </c>
       <c r="E10" s="57" t="s">
         <v>3</v>
       </c>
       <c r="F10" s="50"/>
       <c r="G10" s="54" t="s">
         <v>0</v>
       </c>
       <c r="H10" s="55" t="s">
         <v>1</v>
       </c>
       <c r="I10" s="56" t="s">
         <v>2</v>
       </c>
       <c r="J10" s="57" t="s">
         <v>3</v>
       </c>
       <c r="K10" s="50"/>
       <c r="L10" s="41"/>
       <c r="M10" s="41"/>
       <c r="N10" s="41"/>
       <c r="O10" s="41"/>
       <c r="P10" s="53"/>
     </row>
     <row r="11" spans="1:22" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="41"/>
       <c r="B11" s="45">
         <v>1</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>38</v>
+        <v>68</v>
       </c>
       <c r="D11" s="46">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="E11" s="58">
-        <v>0.125</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="F11" s="50"/>
       <c r="G11" s="45">
         <v>1</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>82</v>
       </c>
       <c r="I11" s="46">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="J11" s="58">
-        <v>0.125</v>
+        <v>0.25</v>
       </c>
       <c r="K11" s="50"/>
       <c r="L11" s="44"/>
-      <c r="M11" s="112" t="s">
-[...2 lines deleted...]
-      <c r="N11" s="113"/>
+      <c r="M11" s="110" t="s">
+        <v>91</v>
+      </c>
+      <c r="N11" s="111"/>
       <c r="O11" s="44"/>
       <c r="P11" s="53"/>
     </row>
     <row r="12" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="41"/>
       <c r="B12" s="45">
         <v>2</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>68</v>
+        <v>38</v>
       </c>
       <c r="D12" s="46">
-        <v>8.3333333333333329E-2</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="E12" s="61">
-        <v>0.125</v>
+        <v>0.16805555555555554</v>
       </c>
       <c r="F12" s="50"/>
       <c r="G12" s="45">
         <v>2</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I12" s="65">
-        <v>8.3333333333333329E-2</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="J12" s="58">
-        <v>8.4027777777777771E-2</v>
+        <v>8.6111111111111124E-2</v>
       </c>
       <c r="K12" s="50"/>
       <c r="L12" s="54" t="s">
         <v>0</v>
       </c>
       <c r="M12" s="55" t="s">
         <v>1</v>
       </c>
       <c r="N12" s="56" t="s">
         <v>2</v>
       </c>
       <c r="O12" s="57" t="s">
         <v>3</v>
       </c>
       <c r="P12" s="59"/>
     </row>
     <row r="13" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="41"/>
       <c r="B13" s="45">
         <v>3</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D13" s="46">
-        <v>1.3888888888888889E-3</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="E13" s="61">
-        <v>2.0833333333333333E-3</v>
+        <v>8.6111111111111124E-2</v>
       </c>
       <c r="F13" s="50"/>
       <c r="G13" s="45">
         <v>3</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="I13" s="46">
-        <v>1.3888888888888889E-3</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="J13" s="58">
-        <v>4.3055555555555562E-2</v>
+        <v>0.12708333333333333</v>
       </c>
       <c r="K13" s="50"/>
       <c r="L13" s="45">
         <v>1</v>
       </c>
       <c r="M13" s="1" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="N13" s="46">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="O13" s="58">
-        <v>0.125</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="P13" s="53"/>
     </row>
     <row r="14" spans="1:22" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="41"/>
       <c r="B14" s="47">
         <v>4</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="3">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="E14" s="49">
-        <v>2.0833333333333333E-3</v>
+        <v>4.5138888888888888E-2</v>
       </c>
       <c r="F14" s="50"/>
       <c r="G14" s="47">
         <v>4</v>
       </c>
       <c r="H14" s="2" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="I14" s="48">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="J14" s="49">
-        <v>2.0833333333333333E-3</v>
+        <v>4.5138888888888888E-2</v>
       </c>
       <c r="K14" s="50"/>
       <c r="L14" s="45">
         <v>2</v>
       </c>
       <c r="M14" s="1" t="s">
         <v>5</v>
       </c>
       <c r="N14" s="65">
-        <v>8.3333333333333329E-2</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="O14" s="58">
-        <v>8.4027777777777771E-2</v>
+        <v>0.12708333333333333</v>
       </c>
       <c r="P14" s="53"/>
     </row>
     <row r="15" spans="1:22" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A15" s="41"/>
       <c r="B15" s="41"/>
       <c r="C15" s="41"/>
       <c r="D15" s="41"/>
       <c r="E15" s="41"/>
       <c r="F15" s="50"/>
       <c r="G15" s="41"/>
       <c r="H15" s="41"/>
       <c r="I15" s="41"/>
       <c r="J15" s="41"/>
       <c r="K15" s="50"/>
       <c r="L15" s="45">
         <v>3</v>
       </c>
       <c r="M15" s="1" t="s">
         <v>7</v>
       </c>
       <c r="N15" s="46">
-        <v>1.3888888888888889E-3</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="O15" s="58">
-        <v>4.3055555555555562E-2</v>
+        <v>0.16805555555555554</v>
       </c>
       <c r="P15" s="53"/>
     </row>
     <row r="16" spans="1:22" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="41"/>
       <c r="B16" s="44"/>
-      <c r="C16" s="114" t="s">
+      <c r="C16" s="112" t="s">
         <v>74</v>
       </c>
-      <c r="D16" s="116"/>
+      <c r="D16" s="114"/>
       <c r="E16" s="44"/>
       <c r="F16" s="50"/>
       <c r="G16" s="44"/>
-      <c r="H16" s="110" t="s">
+      <c r="H16" s="108" t="s">
         <v>44</v>
       </c>
-      <c r="I16" s="111"/>
+      <c r="I16" s="109"/>
       <c r="J16" s="44"/>
       <c r="K16" s="50"/>
       <c r="L16" s="47">
         <v>4</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>10</v>
       </c>
       <c r="N16" s="48">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="O16" s="49">
-        <v>2.0833333333333333E-3</v>
+        <v>4.1666666666666666E-3</v>
       </c>
       <c r="P16" s="53"/>
     </row>
     <row r="17" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="41"/>
       <c r="B17" s="54" t="s">
         <v>0</v>
       </c>
       <c r="C17" s="55" t="s">
         <v>1</v>
       </c>
       <c r="D17" s="56" t="s">
         <v>2</v>
       </c>
       <c r="E17" s="57" t="s">
         <v>3</v>
       </c>
       <c r="F17" s="50"/>
       <c r="G17" s="54" t="s">
         <v>0</v>
       </c>
       <c r="H17" s="55" t="s">
         <v>1</v>
       </c>
       <c r="I17" s="56" t="s">
         <v>2</v>
       </c>
       <c r="J17" s="57" t="s">
         <v>3</v>
       </c>
       <c r="K17" s="50"/>
       <c r="L17" s="53"/>
       <c r="M17" s="53"/>
       <c r="N17" s="53"/>
       <c r="O17" s="53"/>
       <c r="P17" s="53"/>
     </row>
     <row r="18" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="41"/>
       <c r="B18" s="45">
         <v>1</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="D18" s="46">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="E18" s="58">
-        <v>0.125</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="F18" s="50"/>
       <c r="G18" s="45">
         <v>1</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="I18" s="46">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="J18" s="58">
-        <v>0.125</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="K18" s="50"/>
       <c r="L18" s="44"/>
-      <c r="M18" s="110" t="s">
-[...2 lines deleted...]
-      <c r="N18" s="111"/>
+      <c r="M18" s="108" t="s">
+        <v>208</v>
+      </c>
+      <c r="N18" s="109"/>
       <c r="O18" s="44"/>
       <c r="P18" s="53"/>
     </row>
     <row r="19" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="41"/>
       <c r="B19" s="45">
         <v>2</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D19" s="46">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="E19" s="58">
         <v>0.125</v>
       </c>
       <c r="F19" s="50"/>
       <c r="G19" s="45">
         <v>2</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>86</v>
+        <v>212</v>
       </c>
       <c r="I19" s="65">
-        <v>8.3333333333333329E-2</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="J19" s="58">
-        <v>0.125</v>
+        <v>0.16805555555555554</v>
       </c>
       <c r="K19" s="50"/>
       <c r="L19" s="54" t="s">
         <v>0</v>
       </c>
       <c r="M19" s="55" t="s">
         <v>1</v>
       </c>
       <c r="N19" s="56" t="s">
         <v>2</v>
       </c>
       <c r="O19" s="57" t="s">
         <v>3</v>
       </c>
       <c r="P19" s="53"/>
     </row>
     <row r="20" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="41"/>
       <c r="B20" s="45">
         <v>3</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="D20" s="46">
-        <v>8.3333333333333329E-2</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="E20" s="58">
-        <v>0.125</v>
+        <v>0.16805555555555554</v>
       </c>
       <c r="F20" s="50"/>
       <c r="G20" s="45">
         <v>3</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="I20" s="46">
-        <v>1.3888888888888889E-3</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="J20" s="58">
-        <v>2.0833333333333333E-3</v>
+        <v>0.12708333333333333</v>
       </c>
       <c r="K20" s="50"/>
       <c r="L20" s="45">
         <v>1</v>
       </c>
       <c r="M20" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="N20" s="46">
-[...4 lines deleted...]
-      </c>
+      <c r="N20" s="46"/>
+      <c r="O20" s="58"/>
       <c r="P20" s="53"/>
     </row>
     <row r="21" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A21" s="41"/>
       <c r="B21" s="45">
         <v>4</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D21" s="46">
-        <v>1.3888888888888889E-3</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="E21" s="58">
-        <v>2.0833333333333333E-3</v>
+        <v>8.6111111111111124E-2</v>
       </c>
       <c r="F21" s="50"/>
       <c r="G21" s="47">
         <v>4</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I21" s="48">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="J21" s="49">
-        <v>2.0833333333333333E-3</v>
+        <v>4.1666666666666666E-3</v>
       </c>
       <c r="K21" s="50"/>
       <c r="L21" s="45">
         <v>2</v>
       </c>
       <c r="M21" s="1" t="s">
-        <v>95</v>
-[...6 lines deleted...]
-      </c>
+        <v>206</v>
+      </c>
+      <c r="N21" s="46"/>
+      <c r="O21" s="58"/>
       <c r="P21" s="53"/>
     </row>
     <row r="22" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="41"/>
       <c r="B22" s="67">
         <v>5</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D22" s="3">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="E22" s="71">
-        <v>2.0833333333333333E-3</v>
+        <v>4.5138888888888888E-2</v>
       </c>
       <c r="F22" s="50"/>
       <c r="G22" s="50"/>
       <c r="H22" s="93"/>
       <c r="I22" s="93"/>
       <c r="J22" s="50"/>
       <c r="K22" s="50"/>
       <c r="L22" s="47">
         <v>3</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>94</v>
-[...6 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="N22" s="3"/>
+      <c r="O22" s="49"/>
       <c r="P22" s="53"/>
     </row>
     <row r="23" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="41"/>
       <c r="B23" s="41"/>
       <c r="C23" s="41"/>
       <c r="D23" s="41"/>
       <c r="E23" s="41"/>
       <c r="F23" s="50"/>
       <c r="G23" s="44"/>
-      <c r="H23" s="108" t="s">
+      <c r="H23" s="106" t="s">
         <v>62</v>
       </c>
-      <c r="I23" s="109"/>
+      <c r="I23" s="107"/>
       <c r="J23" s="44"/>
       <c r="K23" s="50"/>
       <c r="L23" s="53"/>
       <c r="M23" s="53"/>
       <c r="N23" s="53"/>
       <c r="O23" s="53"/>
       <c r="P23" s="53"/>
     </row>
     <row r="24" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="41"/>
       <c r="B24" s="44"/>
-      <c r="C24" s="108" t="s">
-[...2 lines deleted...]
-      <c r="D24" s="109"/>
+      <c r="C24" s="106" t="s">
+        <v>196</v>
+      </c>
+      <c r="D24" s="107"/>
       <c r="E24" s="44"/>
       <c r="F24" s="50"/>
       <c r="G24" s="54" t="s">
         <v>0</v>
       </c>
       <c r="H24" s="55" t="s">
         <v>1</v>
       </c>
       <c r="I24" s="56" t="s">
         <v>2</v>
       </c>
       <c r="J24" s="57" t="s">
         <v>3</v>
       </c>
       <c r="K24" s="50"/>
       <c r="L24" s="44"/>
-      <c r="M24" s="110" t="s">
-[...2 lines deleted...]
-      <c r="N24" s="111"/>
+      <c r="M24" s="108" t="s">
+        <v>209</v>
+      </c>
+      <c r="N24" s="109"/>
       <c r="O24" s="44"/>
       <c r="P24" s="53"/>
     </row>
     <row r="25" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="41"/>
       <c r="B25" s="54" t="s">
         <v>0</v>
       </c>
       <c r="C25" s="55" t="s">
         <v>1</v>
       </c>
       <c r="D25" s="56" t="s">
         <v>2</v>
       </c>
       <c r="E25" s="57" t="s">
         <v>3</v>
       </c>
       <c r="F25" s="50"/>
       <c r="G25" s="45">
         <v>1</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>197</v>
+        <v>86</v>
       </c>
       <c r="I25" s="46">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="J25" s="58">
-        <v>0.125</v>
+        <v>0.25</v>
       </c>
       <c r="K25" s="50"/>
       <c r="L25" s="54" t="s">
         <v>0</v>
       </c>
       <c r="M25" s="55" t="s">
         <v>1</v>
       </c>
       <c r="N25" s="56" t="s">
         <v>2</v>
       </c>
       <c r="O25" s="57" t="s">
         <v>3</v>
       </c>
       <c r="P25" s="53"/>
     </row>
     <row r="26" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="41"/>
       <c r="B26" s="45">
         <v>1</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="D26" s="46">
-        <v>8.3333333333333329E-2</v>
+      <c r="D26" s="65">
+        <v>0.16666666666666666</v>
       </c>
       <c r="E26" s="58">
-        <v>0.125</v>
+        <v>0.25</v>
       </c>
       <c r="F26" s="50"/>
       <c r="G26" s="45">
         <v>2</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="I26" s="46"/>
-      <c r="J26" s="58"/>
+      <c r="I26" s="46">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="J26" s="58">
+        <v>8.6111111111111124E-2</v>
+      </c>
       <c r="K26" s="50"/>
       <c r="L26" s="45">
         <v>1</v>
       </c>
       <c r="M26" s="1" t="s">
-        <v>209</v>
-[...6 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="N26" s="46"/>
+      <c r="O26" s="58"/>
       <c r="P26" s="53"/>
     </row>
     <row r="27" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="41"/>
       <c r="B27" s="45">
         <v>2</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="D27" s="46"/>
-      <c r="E27" s="61"/>
+      <c r="D27" s="46">
+        <v>1.3888888888888889E-3</v>
+      </c>
+      <c r="E27" s="61">
+        <v>2.0833333333333333E-3</v>
+      </c>
       <c r="F27" s="50"/>
       <c r="G27" s="45">
         <v>3</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-      <c r="J27" s="58"/>
+        <v>188</v>
+      </c>
+      <c r="I27" s="65">
+        <v>8.6111111111111124E-2</v>
+      </c>
+      <c r="J27" s="58">
+        <v>0.17013888888888887</v>
+      </c>
       <c r="K27" s="50"/>
       <c r="L27" s="45">
         <v>2</v>
       </c>
       <c r="M27" s="1" t="s">
-        <v>98</v>
+        <v>29</v>
       </c>
       <c r="N27" s="46"/>
       <c r="O27" s="58"/>
       <c r="P27" s="53"/>
     </row>
     <row r="28" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A28" s="41"/>
       <c r="B28" s="45">
         <v>3</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D28" s="46">
-        <v>1.3888888888888889E-3</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="E28" s="58">
-        <v>2.0833333333333333E-3</v>
+        <v>8.6111111111111124E-2</v>
       </c>
       <c r="F28" s="50"/>
       <c r="G28" s="47">
         <v>4</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I28" s="48">
-        <v>1.3888888888888889E-3</v>
+        <v>8.6111111111111124E-2</v>
       </c>
       <c r="J28" s="71">
-        <v>2.0833333333333333E-3</v>
+        <v>0.12916666666666668</v>
       </c>
       <c r="K28" s="50"/>
       <c r="L28" s="47">
         <v>3</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="N28" s="3"/>
+      <c r="O28" s="49"/>
       <c r="P28" s="53"/>
     </row>
     <row r="29" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="41"/>
       <c r="B29" s="47">
         <v>4</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D29" s="3">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="E29" s="71">
-        <v>2.0833333333333333E-3</v>
+        <v>4.5138888888888888E-2</v>
       </c>
       <c r="F29" s="50"/>
       <c r="G29" s="41"/>
       <c r="H29" s="41"/>
       <c r="I29" s="41"/>
       <c r="J29" s="41"/>
       <c r="K29" s="50"/>
       <c r="L29" s="41"/>
       <c r="M29" s="41"/>
       <c r="N29" s="41"/>
       <c r="O29" s="41"/>
       <c r="P29" s="53"/>
     </row>
     <row r="30" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="41"/>
-      <c r="B30" s="103"/>
-[...2 lines deleted...]
-      <c r="E30" s="103"/>
+      <c r="B30" s="101"/>
+      <c r="C30" s="102"/>
+      <c r="D30" s="101"/>
+      <c r="E30" s="101"/>
       <c r="F30" s="50"/>
       <c r="G30" s="44"/>
-      <c r="H30" s="110" t="s">
+      <c r="H30" s="108" t="s">
         <v>63</v>
       </c>
-      <c r="I30" s="111"/>
+      <c r="I30" s="109"/>
       <c r="J30" s="44"/>
       <c r="K30" s="50"/>
       <c r="L30" s="44"/>
-      <c r="M30" s="110" t="s">
-[...2 lines deleted...]
-      <c r="N30" s="111"/>
+      <c r="M30" s="108" t="s">
+        <v>210</v>
+      </c>
+      <c r="N30" s="109"/>
       <c r="O30" s="44"/>
       <c r="P30" s="53"/>
     </row>
     <row r="31" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="41"/>
       <c r="B31" s="44"/>
-      <c r="C31" s="114" t="s">
-[...2 lines deleted...]
-      <c r="D31" s="115"/>
+      <c r="C31" s="112" t="s">
+        <v>197</v>
+      </c>
+      <c r="D31" s="113"/>
       <c r="E31" s="44"/>
       <c r="F31" s="50"/>
       <c r="G31" s="54" t="s">
         <v>0</v>
       </c>
       <c r="H31" s="55" t="s">
         <v>1</v>
       </c>
       <c r="I31" s="56" t="s">
         <v>2</v>
       </c>
       <c r="J31" s="57" t="s">
         <v>3</v>
       </c>
       <c r="K31" s="50"/>
       <c r="L31" s="54" t="s">
         <v>0</v>
       </c>
       <c r="M31" s="55" t="s">
         <v>1</v>
       </c>
       <c r="N31" s="56" t="s">
         <v>2</v>
       </c>
       <c r="O31" s="57" t="s">
         <v>3</v>
       </c>
       <c r="P31" s="53"/>
     </row>
     <row r="32" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="41"/>
       <c r="B32" s="54" t="s">
         <v>0</v>
       </c>
       <c r="C32" s="55" t="s">
         <v>1</v>
       </c>
       <c r="D32" s="56" t="s">
         <v>2</v>
       </c>
       <c r="E32" s="57" t="s">
         <v>3</v>
       </c>
       <c r="F32" s="50"/>
       <c r="G32" s="45">
         <v>1</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I32" s="46">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="J32" s="58">
-        <v>0.125</v>
+        <v>0.16805555555555554</v>
       </c>
       <c r="K32" s="50"/>
       <c r="L32" s="45">
         <v>1</v>
       </c>
       <c r="M32" s="1" t="s">
-        <v>30</v>
-[...6 lines deleted...]
-      </c>
+        <v>207</v>
+      </c>
+      <c r="N32" s="46"/>
+      <c r="O32" s="58"/>
       <c r="P32" s="53"/>
     </row>
     <row r="33" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="41"/>
       <c r="B33" s="45">
         <v>1</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>204</v>
+        <v>79</v>
       </c>
       <c r="D33" s="46">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="E33" s="58">
-        <v>0.125</v>
+        <v>0.16805555555555554</v>
       </c>
       <c r="F33" s="50"/>
       <c r="G33" s="45">
         <v>2</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="J33" s="58"/>
+        <v>24</v>
+      </c>
+      <c r="I33" s="46">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="J33" s="58">
+        <v>0.16805555555555554</v>
+      </c>
       <c r="K33" s="50"/>
       <c r="L33" s="45">
         <v>2</v>
       </c>
       <c r="M33" s="1" t="s">
-        <v>97</v>
-[...6 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="N33" s="46"/>
+      <c r="O33" s="58"/>
       <c r="P33" s="53"/>
     </row>
     <row r="34" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A34" s="41"/>
       <c r="B34" s="45">
         <v>2</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>79</v>
+        <v>195</v>
       </c>
       <c r="D34" s="46">
-        <v>8.3333333333333329E-2</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="E34" s="61">
-        <v>8.4027777777777771E-2</v>
+        <v>0.16805555555555554</v>
       </c>
       <c r="F34" s="50"/>
       <c r="G34" s="47">
         <v>3</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="I34" s="3">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="J34" s="49">
-        <v>2.0833333333333333E-3</v>
+        <v>4.5138888888888888E-2</v>
       </c>
       <c r="K34" s="50"/>
       <c r="L34" s="47">
         <v>3</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>96</v>
-[...6 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="N34" s="3"/>
+      <c r="O34" s="49"/>
       <c r="P34" s="53"/>
     </row>
     <row r="35" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="41"/>
       <c r="B35" s="45">
         <v>3</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>78</v>
+        <v>28</v>
       </c>
       <c r="D35" s="46">
-        <v>1.3888888888888889E-3</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="E35" s="61">
-        <v>2.0833333333333333E-3</v>
+        <v>0.12708333333333333</v>
       </c>
       <c r="F35" s="50"/>
       <c r="G35" s="41"/>
       <c r="H35" s="41"/>
       <c r="I35" s="41"/>
       <c r="J35" s="41"/>
       <c r="K35" s="50"/>
       <c r="L35" s="41"/>
       <c r="M35" s="41"/>
       <c r="N35" s="41"/>
       <c r="O35" s="41"/>
       <c r="P35" s="53"/>
     </row>
     <row r="36" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A36" s="41"/>
       <c r="B36" s="67">
         <v>4</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
       <c r="D36" s="3">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="E36" s="71">
-        <v>4.3055555555555562E-2</v>
+        <v>4.5138888888888888E-2</v>
       </c>
       <c r="F36" s="50"/>
       <c r="G36" s="41"/>
       <c r="H36" s="41"/>
       <c r="I36" s="41"/>
       <c r="J36" s="41"/>
       <c r="K36" s="50"/>
       <c r="L36" s="41"/>
       <c r="M36" s="41"/>
       <c r="N36" s="41"/>
       <c r="O36" s="41"/>
       <c r="P36" s="53"/>
     </row>
     <row r="37" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A37" s="41"/>
       <c r="B37" s="51"/>
       <c r="C37" s="63"/>
       <c r="D37" s="52"/>
       <c r="E37" s="52"/>
       <c r="F37" s="41"/>
       <c r="G37" s="51"/>
       <c r="H37" s="63"/>
       <c r="I37" s="52"/>
       <c r="J37" s="52"/>
       <c r="K37" s="41"/>
@@ -3264,114 +3246,114 @@
     <mergeCell ref="M24:N24"/>
     <mergeCell ref="M30:N30"/>
     <mergeCell ref="H23:I23"/>
     <mergeCell ref="H30:I30"/>
     <mergeCell ref="C2:D2"/>
     <mergeCell ref="C31:D31"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="H9:I9"/>
     <mergeCell ref="H16:I16"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="C24:D24"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.74" right="0.36" top="0.53" bottom="0.48" header="0.22" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="66" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:P36"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="55" workbookViewId="0">
-      <selection activeCell="D34" sqref="D34"/>
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="55" workbookViewId="0">
+      <selection activeCell="C35" sqref="C35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.42578125" style="6" customWidth="1"/>
     <col min="2" max="2" width="7.5703125" style="6" customWidth="1"/>
     <col min="3" max="3" width="31.140625" style="6" customWidth="1"/>
     <col min="4" max="4" width="10.85546875" style="6" customWidth="1"/>
     <col min="5" max="5" width="11.140625" style="6" customWidth="1"/>
     <col min="6" max="6" width="6.28515625" style="6" customWidth="1"/>
     <col min="7" max="7" width="11.42578125" style="6"/>
     <col min="8" max="8" width="26" style="6" customWidth="1"/>
     <col min="9" max="9" width="9" style="6" customWidth="1"/>
     <col min="10" max="10" width="11.42578125" style="6"/>
     <col min="11" max="11" width="7.42578125" style="6" customWidth="1"/>
     <col min="12" max="12" width="8.7109375" style="6" customWidth="1"/>
     <col min="13" max="13" width="30.42578125" style="6" customWidth="1"/>
     <col min="14" max="14" width="11.42578125" style="6"/>
     <col min="15" max="15" width="10.85546875" style="6" customWidth="1"/>
     <col min="16" max="16" width="7.42578125" style="6" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="81" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="5"/>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
       <c r="K1" s="5"/>
       <c r="L1" s="5"/>
       <c r="M1" s="5"/>
       <c r="N1" s="5"/>
       <c r="O1" s="5"/>
       <c r="P1" s="5"/>
     </row>
     <row r="2" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="7"/>
       <c r="B2" s="9"/>
-      <c r="C2" s="112" t="s">
+      <c r="C2" s="110" t="s">
         <v>23</v>
       </c>
-      <c r="D2" s="113"/>
+      <c r="D2" s="111"/>
       <c r="E2" s="9"/>
       <c r="F2" s="8"/>
       <c r="G2" s="9"/>
-      <c r="H2" s="112" t="s">
-[...2 lines deleted...]
-      <c r="I2" s="113"/>
+      <c r="H2" s="110" t="s">
+        <v>157</v>
+      </c>
+      <c r="I2" s="111"/>
       <c r="J2" s="9"/>
       <c r="K2" s="8"/>
       <c r="L2" s="9"/>
-      <c r="M2" s="112" t="s">
-[...2 lines deleted...]
-      <c r="N2" s="113"/>
+      <c r="M2" s="110" t="s">
+        <v>182</v>
+      </c>
+      <c r="N2" s="111"/>
       <c r="O2" s="9"/>
       <c r="P2" s="5"/>
     </row>
     <row r="3" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="7"/>
       <c r="B3" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="19" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="20" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="21" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="8"/>
       <c r="G3" s="18" t="s">
         <v>0</v>
       </c>
       <c r="H3" s="19" t="s">
         <v>1</v>
       </c>
       <c r="I3" s="20" t="s">
@@ -3379,941 +3361,1009 @@
       </c>
       <c r="J3" s="21" t="s">
         <v>3</v>
       </c>
       <c r="K3" s="8"/>
       <c r="L3" s="18" t="s">
         <v>0</v>
       </c>
       <c r="M3" s="19" t="s">
         <v>1</v>
       </c>
       <c r="N3" s="20" t="s">
         <v>2</v>
       </c>
       <c r="O3" s="21" t="s">
         <v>3</v>
       </c>
       <c r="P3" s="5"/>
     </row>
     <row r="4" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="7"/>
       <c r="B4" s="10">
         <v>1</v>
       </c>
       <c r="C4" s="62" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="D4" s="11">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="E4" s="12">
-        <v>0.125</v>
+        <v>0.25</v>
       </c>
       <c r="F4" s="8"/>
       <c r="G4" s="10">
         <v>1</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="I4" s="11">
         <v>0.16666666666666666</v>
       </c>
       <c r="J4" s="12">
         <v>0.20902777777777778</v>
       </c>
       <c r="K4" s="8"/>
       <c r="L4" s="10">
         <v>1</v>
       </c>
       <c r="M4" s="1" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="N4" s="11">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="O4" s="12">
-        <v>0.125</v>
+        <v>0.25</v>
       </c>
       <c r="P4" s="5"/>
     </row>
     <row r="5" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="7"/>
       <c r="B5" s="10">
         <v>2</v>
       </c>
       <c r="C5" s="62" t="s">
-        <v>144</v>
+        <v>136</v>
       </c>
       <c r="D5" s="65">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="E5" s="61">
-        <v>8.4027777777777771E-2</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="F5" s="8"/>
       <c r="G5" s="10">
         <v>2</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>38</v>
+        <v>159</v>
       </c>
       <c r="I5" s="11">
-        <v>1.3888888888888889E-3</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="J5" s="61">
-        <v>2.0833333333333333E-3</v>
+        <v>0.12708333333333333</v>
       </c>
       <c r="K5" s="8"/>
       <c r="L5" s="10">
         <v>2</v>
       </c>
       <c r="M5" s="1" t="s">
-        <v>189</v>
+        <v>181</v>
       </c>
       <c r="N5" s="11">
         <v>8.4722222222222213E-2</v>
       </c>
       <c r="O5" s="61">
         <v>0.12708333333333333</v>
       </c>
       <c r="P5" s="5"/>
     </row>
     <row r="6" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="7"/>
       <c r="B6" s="10">
         <v>3</v>
       </c>
       <c r="C6" s="62" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-      <c r="E6" s="12"/>
+        <v>39</v>
+      </c>
+      <c r="D6" s="11">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="E6" s="12">
+        <v>0.16805555555555554</v>
+      </c>
       <c r="F6" s="8"/>
       <c r="G6" s="13">
         <v>3</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>167</v>
+        <v>38</v>
       </c>
       <c r="I6" s="14">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="J6" s="15">
-        <v>4.3055555555555562E-2</v>
+        <v>4.5138888888888888E-2</v>
       </c>
       <c r="K6" s="8"/>
       <c r="L6" s="13">
         <v>3</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="N6" s="14">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="O6" s="15">
-        <v>2.0833333333333333E-3</v>
+        <v>4.1666666666666666E-3</v>
       </c>
       <c r="P6" s="5"/>
     </row>
     <row r="7" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="7"/>
       <c r="B7" s="10">
         <v>4</v>
       </c>
       <c r="C7" s="62" t="s">
-        <v>39</v>
+        <v>138</v>
       </c>
       <c r="D7" s="65">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="E7" s="12">
-        <v>4.3055555555555562E-2</v>
+        <v>4.1666666666666666E-3</v>
       </c>
       <c r="F7" s="8"/>
       <c r="G7" s="16"/>
       <c r="H7" s="75"/>
       <c r="I7" s="76"/>
       <c r="J7" s="17"/>
       <c r="K7" s="8"/>
       <c r="L7" s="16"/>
       <c r="M7" s="75"/>
       <c r="N7" s="76"/>
       <c r="O7" s="17"/>
       <c r="P7" s="5"/>
     </row>
     <row r="8" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="5"/>
       <c r="B8" s="74">
         <v>5</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
       <c r="D8" s="79">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="E8" s="80">
-        <v>2.0833333333333333E-3</v>
+        <v>4.1666666666666666E-3</v>
       </c>
       <c r="F8" s="9"/>
       <c r="G8" s="9"/>
-      <c r="H8" s="112" t="s">
-[...2 lines deleted...]
-      <c r="I8" s="113"/>
+      <c r="H8" s="110" t="s">
+        <v>158</v>
+      </c>
+      <c r="I8" s="111"/>
       <c r="J8" s="9"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9"/>
-      <c r="M8" s="112" t="s">
-[...2 lines deleted...]
-      <c r="N8" s="113"/>
+      <c r="M8" s="110" t="s">
+        <v>183</v>
+      </c>
+      <c r="N8" s="111"/>
       <c r="O8" s="9"/>
       <c r="P8" s="5"/>
     </row>
     <row r="9" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="5"/>
       <c r="B9" s="5"/>
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
       <c r="E9" s="5"/>
       <c r="F9" s="9"/>
       <c r="G9" s="18" t="s">
         <v>0</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>1</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>2</v>
       </c>
       <c r="J9" s="21" t="s">
         <v>3</v>
       </c>
       <c r="K9" s="9"/>
       <c r="L9" s="18" t="s">
         <v>0</v>
       </c>
       <c r="M9" s="19" t="s">
         <v>1</v>
       </c>
       <c r="N9" s="20" t="s">
         <v>2</v>
       </c>
       <c r="O9" s="21" t="s">
         <v>3</v>
       </c>
       <c r="P9" s="5"/>
     </row>
     <row r="10" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="5"/>
       <c r="B10" s="9"/>
-      <c r="C10" s="112" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="113"/>
+      <c r="C10" s="110" t="s">
+        <v>141</v>
+      </c>
+      <c r="D10" s="111"/>
       <c r="E10" s="9"/>
       <c r="F10" s="9"/>
       <c r="G10" s="10">
         <v>1</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="I10" s="11">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="J10" s="12">
-        <v>0.125</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="K10" s="9"/>
       <c r="L10" s="10">
         <v>1</v>
       </c>
       <c r="M10" s="1" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="N10" s="11">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="O10" s="12">
-        <v>0.125</v>
+        <v>0.25</v>
       </c>
       <c r="P10" s="5"/>
     </row>
     <row r="11" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="5"/>
       <c r="B11" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="19" t="s">
         <v>1</v>
       </c>
       <c r="D11" s="20" t="s">
         <v>2</v>
       </c>
       <c r="E11" s="21" t="s">
         <v>3</v>
       </c>
       <c r="F11" s="9"/>
       <c r="G11" s="10">
         <v>2</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="I11" s="11">
         <v>8.4722222222222213E-2</v>
       </c>
       <c r="J11" s="61">
         <v>0.12708333333333333</v>
       </c>
       <c r="K11" s="9"/>
       <c r="L11" s="10">
         <v>2</v>
       </c>
       <c r="M11" s="1" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-      <c r="O11" s="61"/>
+        <v>202</v>
+      </c>
+      <c r="N11" s="11">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="O11" s="61">
+        <v>0.12708333333333333</v>
+      </c>
       <c r="P11" s="7"/>
     </row>
     <row r="12" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A12" s="5"/>
       <c r="B12" s="10">
         <v>1</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="D12" s="11">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="E12" s="12">
-        <v>8.4027777777777771E-2</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="F12" s="9"/>
       <c r="G12" s="13">
         <v>3</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="I12" s="14">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="J12" s="15">
-        <v>2.0833333333333333E-3</v>
+        <v>4.5138888888888888E-2</v>
       </c>
       <c r="K12" s="9"/>
       <c r="L12" s="13">
         <v>3</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="N12" s="14">
         <v>1.3888888888888889E-3</v>
       </c>
       <c r="O12" s="15">
         <v>2.0833333333333333E-3</v>
       </c>
       <c r="P12" s="5"/>
     </row>
     <row r="13" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13" s="5"/>
       <c r="B13" s="10">
         <v>2</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-      <c r="E13" s="61"/>
+        <v>143</v>
+      </c>
+      <c r="D13" s="11">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="E13" s="61">
+        <v>8.6111111111111124E-2</v>
+      </c>
       <c r="F13" s="9"/>
       <c r="G13" s="16"/>
       <c r="H13" s="75"/>
       <c r="I13" s="17"/>
       <c r="J13" s="17"/>
       <c r="K13" s="9"/>
       <c r="L13" s="5"/>
       <c r="M13" s="5"/>
       <c r="N13" s="5"/>
       <c r="O13" s="5"/>
       <c r="P13" s="5"/>
     </row>
     <row r="14" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="5"/>
       <c r="B14" s="10">
         <v>3</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-      <c r="E14" s="12"/>
+        <v>139</v>
+      </c>
+      <c r="D14" s="11">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="E14" s="12">
+        <v>0.12708333333333333</v>
+      </c>
       <c r="F14" s="9"/>
       <c r="G14" s="9"/>
-      <c r="H14" s="112" t="s">
-[...2 lines deleted...]
-      <c r="I14" s="113"/>
+      <c r="H14" s="110" t="s">
+        <v>168</v>
+      </c>
+      <c r="I14" s="111"/>
       <c r="J14" s="9"/>
       <c r="K14" s="9"/>
       <c r="L14" s="9"/>
-      <c r="M14" s="117" t="s">
-[...2 lines deleted...]
-      <c r="N14" s="118"/>
+      <c r="M14" s="115" t="s">
+        <v>106</v>
+      </c>
+      <c r="N14" s="116"/>
       <c r="O14" s="9"/>
       <c r="P14" s="5"/>
     </row>
     <row r="15" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="5"/>
       <c r="B15" s="13">
         <v>4</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="D15" s="89">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="E15" s="72">
-        <v>4.3055555555555562E-2</v>
+        <v>4.5138888888888888E-2</v>
       </c>
       <c r="F15" s="9"/>
       <c r="G15" s="18" t="s">
         <v>0</v>
       </c>
       <c r="H15" s="19" t="s">
         <v>1</v>
       </c>
       <c r="I15" s="20" t="s">
         <v>2</v>
       </c>
       <c r="J15" s="21" t="s">
         <v>3</v>
       </c>
       <c r="K15" s="9"/>
       <c r="L15" s="18" t="s">
         <v>0</v>
       </c>
       <c r="M15" s="19" t="s">
         <v>1</v>
       </c>
       <c r="N15" s="20" t="s">
         <v>2</v>
       </c>
       <c r="O15" s="21" t="s">
         <v>3</v>
       </c>
       <c r="P15" s="5"/>
     </row>
     <row r="16" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A16" s="5"/>
       <c r="B16" s="5"/>
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5"/>
       <c r="F16" s="9"/>
       <c r="G16" s="10">
         <v>1</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="I16" s="11">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="J16" s="12">
-        <v>0.125</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="K16" s="9"/>
       <c r="L16" s="10">
         <v>1</v>
       </c>
       <c r="M16" s="1" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-      <c r="O16" s="12"/>
+        <v>96</v>
+      </c>
+      <c r="N16" s="11">
+        <v>0.16666666666666666</v>
+      </c>
+      <c r="O16" s="12">
+        <v>0.25</v>
+      </c>
       <c r="P16" s="5"/>
     </row>
     <row r="17" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="5"/>
       <c r="B17" s="9"/>
-      <c r="C17" s="114" t="s">
-[...2 lines deleted...]
-      <c r="D17" s="116"/>
+      <c r="C17" s="112" t="s">
+        <v>142</v>
+      </c>
+      <c r="D17" s="114"/>
       <c r="E17" s="9"/>
       <c r="F17" s="9"/>
       <c r="G17" s="10">
         <v>2</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="I17" s="11">
-        <v>8.3333333333333329E-2</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="J17" s="61">
-        <v>0.125</v>
+        <v>0.16805555555555554</v>
       </c>
       <c r="K17" s="9"/>
       <c r="L17" s="10">
         <v>2</v>
       </c>
       <c r="M17" s="1" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-      <c r="O17" s="61"/>
+        <v>61</v>
+      </c>
+      <c r="N17" s="11">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="O17" s="61">
+        <v>0.12708333333333333</v>
+      </c>
       <c r="P17" s="5"/>
     </row>
     <row r="18" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="5"/>
       <c r="B18" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C18" s="19" t="s">
         <v>1</v>
       </c>
       <c r="D18" s="20" t="s">
         <v>2</v>
       </c>
       <c r="E18" s="21" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="9"/>
       <c r="G18" s="10">
         <v>3</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-      <c r="J18" s="12"/>
+        <v>166</v>
+      </c>
+      <c r="I18" s="11">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J18" s="12">
+        <v>0.125</v>
+      </c>
       <c r="K18" s="9"/>
       <c r="L18" s="13">
         <v>3</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-      <c r="O18" s="15"/>
+        <v>60</v>
+      </c>
+      <c r="N18" s="14">
+        <v>2.7777777777777779E-3</v>
+      </c>
+      <c r="O18" s="15">
+        <v>4.1666666666666666E-3</v>
+      </c>
       <c r="P18" s="5"/>
     </row>
     <row r="19" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="5"/>
       <c r="B19" s="10">
         <v>1</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="D19" s="11">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="E19" s="12">
-        <v>0.125</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="F19" s="9"/>
       <c r="G19" s="10">
         <v>4</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>173</v>
+        <v>165</v>
       </c>
       <c r="I19" s="90">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="J19" s="91">
-        <v>2.0833333333333333E-3</v>
+        <v>4.1666666666666666E-3</v>
       </c>
       <c r="K19" s="9"/>
       <c r="L19" s="9"/>
-      <c r="M19" s="117" t="s">
+      <c r="M19" s="115" t="s">
         <v>45</v>
       </c>
-      <c r="N19" s="118"/>
+      <c r="N19" s="116"/>
       <c r="O19" s="9"/>
       <c r="P19" s="5"/>
     </row>
     <row r="20" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="5"/>
       <c r="B20" s="10">
         <v>2</v>
       </c>
       <c r="C20" s="62" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="D20" s="65">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="E20" s="61">
-        <v>8.4027777777777771E-2</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="F20" s="9"/>
       <c r="G20" s="13">
         <v>5</v>
       </c>
       <c r="H20" s="60" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="I20" s="86">
         <v>1.3888888888888889E-3</v>
       </c>
       <c r="J20" s="15">
         <v>2.0833333333333333E-3</v>
       </c>
       <c r="K20" s="9"/>
       <c r="L20" s="18" t="s">
         <v>0</v>
       </c>
       <c r="M20" s="19" t="s">
         <v>1</v>
       </c>
       <c r="N20" s="20" t="s">
         <v>2</v>
       </c>
       <c r="O20" s="21" t="s">
         <v>3</v>
       </c>
       <c r="P20" s="5"/>
     </row>
     <row r="21" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="5"/>
       <c r="B21" s="10">
         <v>3</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="D21" s="11">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="E21" s="12">
-        <v>4.3055555555555562E-2</v>
+        <v>8.6111111111111124E-2</v>
       </c>
       <c r="F21" s="9"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
       <c r="I21" s="5"/>
       <c r="J21" s="5"/>
       <c r="K21" s="9"/>
       <c r="L21" s="10">
         <v>1</v>
       </c>
       <c r="M21" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-      <c r="O21" s="12"/>
+        <v>11</v>
+      </c>
+      <c r="N21" s="65">
+        <v>0.16666666666666666</v>
+      </c>
+      <c r="O21" s="12">
+        <v>0.16805555555555554</v>
+      </c>
       <c r="P21" s="5"/>
     </row>
     <row r="22" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A22" s="5"/>
       <c r="B22" s="13">
         <v>4</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D22" s="14">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="E22" s="15">
-        <v>2.0833333333333333E-3</v>
+        <v>4.1666666666666666E-3</v>
       </c>
       <c r="F22" s="9"/>
       <c r="G22" s="5"/>
       <c r="H22" s="5"/>
       <c r="I22" s="5"/>
       <c r="J22" s="5"/>
       <c r="K22" s="9"/>
       <c r="L22" s="10">
         <v>2</v>
       </c>
       <c r="M22" s="1" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-      <c r="O22" s="61"/>
+        <v>105</v>
+      </c>
+      <c r="N22" s="11">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="O22" s="61">
+        <v>0.12708333333333333</v>
+      </c>
       <c r="P22" s="5"/>
     </row>
     <row r="23" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="5"/>
       <c r="B23" s="5"/>
       <c r="C23" s="5"/>
       <c r="D23" s="5"/>
       <c r="E23" s="5"/>
       <c r="F23" s="9"/>
       <c r="G23" s="9"/>
-      <c r="H23" s="112" t="s">
-[...2 lines deleted...]
-      <c r="I23" s="113"/>
+      <c r="H23" s="110" t="s">
+        <v>169</v>
+      </c>
+      <c r="I23" s="111"/>
       <c r="J23" s="9"/>
       <c r="K23" s="9"/>
       <c r="L23" s="13">
         <v>3</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-      <c r="O23" s="15"/>
+        <v>33</v>
+      </c>
+      <c r="N23" s="14">
+        <v>2.7777777777777779E-3</v>
+      </c>
+      <c r="O23" s="15">
+        <v>8.6111111111111124E-2</v>
+      </c>
       <c r="P23" s="5"/>
     </row>
     <row r="24" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="5"/>
       <c r="B24" s="9"/>
-      <c r="C24" s="112" t="s">
-[...2 lines deleted...]
-      <c r="D24" s="113"/>
+      <c r="C24" s="110" t="s">
+        <v>149</v>
+      </c>
+      <c r="D24" s="111"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="18" t="s">
         <v>0</v>
       </c>
       <c r="H24" s="19" t="s">
         <v>1</v>
       </c>
       <c r="I24" s="20" t="s">
         <v>2</v>
       </c>
       <c r="J24" s="21" t="s">
         <v>3</v>
       </c>
       <c r="K24" s="9"/>
       <c r="L24" s="9"/>
-      <c r="M24" s="117" t="s">
-[...2 lines deleted...]
-      <c r="N24" s="118"/>
+      <c r="M24" s="115" t="s">
+        <v>97</v>
+      </c>
+      <c r="N24" s="116"/>
       <c r="O24" s="9"/>
       <c r="P24" s="5"/>
     </row>
     <row r="25" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="5"/>
       <c r="B25" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C25" s="19" t="s">
         <v>1</v>
       </c>
       <c r="D25" s="20" t="s">
         <v>2</v>
       </c>
       <c r="E25" s="21" t="s">
         <v>3</v>
       </c>
       <c r="F25" s="9"/>
       <c r="G25" s="10">
         <v>1</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-      <c r="J25" s="12"/>
+        <v>173</v>
+      </c>
+      <c r="I25" s="11">
+        <v>0.16666666666666666</v>
+      </c>
+      <c r="J25" s="12">
+        <v>0.16805555555555554</v>
+      </c>
       <c r="K25" s="9"/>
       <c r="L25" s="18" t="s">
         <v>0</v>
       </c>
       <c r="M25" s="19" t="s">
         <v>1</v>
       </c>
       <c r="N25" s="20" t="s">
         <v>2</v>
       </c>
       <c r="O25" s="21" t="s">
         <v>3</v>
       </c>
       <c r="P25" s="5"/>
     </row>
     <row r="26" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5"/>
       <c r="B26" s="10">
         <v>1</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="D26" s="11">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="E26" s="12">
-        <v>0.125</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="F26" s="9"/>
       <c r="G26" s="10">
         <v>2</v>
       </c>
       <c r="H26" s="66" t="s">
-        <v>182</v>
+        <v>171</v>
       </c>
       <c r="I26" s="11">
-        <v>8.3333333333333329E-2</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="J26" s="61">
-        <v>8.4027777777777771E-2</v>
+        <v>0.12708333333333333</v>
       </c>
       <c r="K26" s="9"/>
       <c r="L26" s="10">
         <v>1</v>
       </c>
       <c r="M26" s="1" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-      <c r="O26" s="12"/>
+        <v>98</v>
+      </c>
+      <c r="N26" s="11">
+        <v>0.16666666666666666</v>
+      </c>
+      <c r="O26" s="12">
+        <v>0.25</v>
+      </c>
       <c r="P26" s="5"/>
     </row>
     <row r="27" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="5"/>
       <c r="B27" s="10">
         <v>2</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="D27" s="11">
         <v>8.4722222222222213E-2</v>
       </c>
       <c r="E27" s="61">
         <v>8.6111111111111124E-2</v>
       </c>
       <c r="F27" s="9"/>
       <c r="G27" s="10">
         <v>3</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>185</v>
+        <v>174</v>
       </c>
       <c r="I27" s="65">
-        <v>1.3888888888888889E-3</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="J27" s="61">
-        <v>4.3055555555555562E-2</v>
+        <v>0.12708333333333333</v>
       </c>
       <c r="K27" s="9"/>
       <c r="L27" s="10">
         <v>2</v>
       </c>
       <c r="M27" s="1" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-      <c r="O27" s="61"/>
+        <v>101</v>
+      </c>
+      <c r="N27" s="11">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="O27" s="61">
+        <v>0.12708333333333333</v>
+      </c>
       <c r="P27" s="5"/>
     </row>
     <row r="28" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A28" s="5"/>
       <c r="B28" s="13">
         <v>3</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>161</v>
+        <v>153</v>
       </c>
       <c r="D28" s="14">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="E28" s="15">
-        <v>4.3055555555555562E-2</v>
+        <v>8.6111111111111124E-2</v>
       </c>
       <c r="F28" s="9"/>
       <c r="G28" s="13">
         <v>4</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-      <c r="J28" s="92"/>
+        <v>177</v>
+      </c>
+      <c r="I28" s="89">
+        <v>2.7777777777777779E-3</v>
+      </c>
+      <c r="J28" s="92">
+        <v>8.6111111111111124E-2</v>
+      </c>
       <c r="K28" s="9"/>
       <c r="L28" s="10">
         <v>3</v>
       </c>
       <c r="M28" s="1" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-      <c r="O28" s="12"/>
+        <v>99</v>
+      </c>
+      <c r="N28" s="11">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="O28" s="12">
+        <v>8.6111111111111124E-2</v>
+      </c>
       <c r="P28" s="5"/>
     </row>
     <row r="29" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="5"/>
       <c r="B29" s="16"/>
       <c r="C29" s="75"/>
       <c r="D29" s="76"/>
       <c r="E29" s="17"/>
       <c r="F29" s="9"/>
       <c r="G29" s="5"/>
       <c r="H29" s="5"/>
       <c r="I29" s="5"/>
       <c r="J29" s="5"/>
       <c r="K29" s="9"/>
       <c r="L29" s="74">
         <v>4</v>
       </c>
       <c r="M29" s="4" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-      <c r="O29" s="98"/>
+        <v>100</v>
+      </c>
+      <c r="N29" s="79">
+        <v>2.7777777777777779E-3</v>
+      </c>
+      <c r="O29" s="80">
+        <v>4.5138888888888888E-2</v>
+      </c>
       <c r="P29" s="5"/>
     </row>
     <row r="30" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="5"/>
       <c r="B30" s="9"/>
-      <c r="C30" s="114" t="s">
-[...2 lines deleted...]
-      <c r="D30" s="116"/>
+      <c r="C30" s="112" t="s">
+        <v>150</v>
+      </c>
+      <c r="D30" s="114"/>
       <c r="E30" s="9"/>
       <c r="F30" s="9"/>
       <c r="G30" s="9"/>
-      <c r="H30" s="112" t="s">
-[...2 lines deleted...]
-      <c r="I30" s="113"/>
+      <c r="H30" s="110" t="s">
+        <v>170</v>
+      </c>
+      <c r="I30" s="111"/>
       <c r="J30" s="9"/>
       <c r="K30" s="9"/>
       <c r="L30" s="9"/>
-      <c r="M30" s="117" t="s">
-[...2 lines deleted...]
-      <c r="N30" s="118"/>
+      <c r="M30" s="115" t="s">
+        <v>102</v>
+      </c>
+      <c r="N30" s="116"/>
       <c r="O30" s="9"/>
       <c r="P30" s="5"/>
     </row>
     <row r="31" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="5"/>
       <c r="B31" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C31" s="19" t="s">
         <v>1</v>
       </c>
       <c r="D31" s="20" t="s">
         <v>2</v>
       </c>
       <c r="E31" s="21" t="s">
         <v>3</v>
       </c>
       <c r="F31" s="9"/>
       <c r="G31" s="18" t="s">
         <v>0</v>
       </c>
       <c r="H31" s="19" t="s">
         <v>1</v>
       </c>
       <c r="I31" s="20" t="s">
@@ -4321,186 +4371,210 @@
       </c>
       <c r="J31" s="21" t="s">
         <v>3</v>
       </c>
       <c r="K31" s="9"/>
       <c r="L31" s="18" t="s">
         <v>0</v>
       </c>
       <c r="M31" s="19" t="s">
         <v>1</v>
       </c>
       <c r="N31" s="20" t="s">
         <v>2</v>
       </c>
       <c r="O31" s="21" t="s">
         <v>3</v>
       </c>
       <c r="P31" s="5"/>
     </row>
     <row r="32" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="5"/>
       <c r="B32" s="10">
         <v>1</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="D32" s="11">
-        <v>8.3333333333333329E-2</v>
+        <v>0.25</v>
       </c>
       <c r="E32" s="12">
-        <v>0.125</v>
+        <v>0.33402777777777781</v>
       </c>
       <c r="F32" s="9"/>
       <c r="G32" s="10">
         <v>1</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="I32" s="11">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="J32" s="12">
         <v>0.125</v>
       </c>
       <c r="K32" s="9"/>
       <c r="L32" s="10">
         <v>1</v>
       </c>
       <c r="M32" s="1" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-      <c r="O32" s="12"/>
+        <v>104</v>
+      </c>
+      <c r="N32" s="11">
+        <v>0.16666666666666666</v>
+      </c>
+      <c r="O32" s="61">
+        <v>0.25</v>
+      </c>
       <c r="P32" s="5"/>
     </row>
     <row r="33" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="5"/>
       <c r="B33" s="10">
         <v>2</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="D33" s="11">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16805555555555554</v>
       </c>
       <c r="E33" s="61">
-        <v>0.125</v>
+        <v>0.29305555555555557</v>
       </c>
       <c r="F33" s="9"/>
       <c r="G33" s="10">
         <v>2</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="J33" s="61"/>
+        <v>178</v>
+      </c>
+      <c r="I33" s="11">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="J33" s="61">
+        <v>8.4027777777777771E-2</v>
+      </c>
       <c r="K33" s="9"/>
       <c r="L33" s="10">
         <v>2</v>
       </c>
       <c r="M33" s="1" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-      <c r="O33" s="61"/>
+        <v>187</v>
+      </c>
+      <c r="N33" s="11">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="O33" s="61">
+        <v>0.12708333333333333</v>
+      </c>
       <c r="P33" s="5"/>
     </row>
     <row r="34" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="5"/>
       <c r="B34" s="10">
         <v>3</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="D34" s="11">
-        <v>1.3888888888888889E-3</v>
+        <v>8.6111111111111124E-2</v>
       </c>
       <c r="E34" s="12">
-        <v>2.0833333333333333E-3</v>
+        <v>8.819444444444445E-2</v>
       </c>
       <c r="F34" s="9"/>
       <c r="G34" s="10">
         <v>3</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="I34" s="65">
-        <v>1.3888888888888889E-3</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="J34" s="61">
-        <v>2.0833333333333333E-3</v>
+        <v>0.12708333333333333</v>
       </c>
       <c r="K34" s="9"/>
       <c r="L34" s="10">
         <v>3</v>
       </c>
       <c r="M34" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="N34" s="11"/>
-      <c r="O34" s="12"/>
+      <c r="N34" s="11">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="O34" s="12">
+        <v>0.12708333333333333</v>
+      </c>
       <c r="P34" s="5"/>
     </row>
     <row r="35" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A35" s="5"/>
       <c r="B35" s="13">
         <v>4</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>1.3888888888888889E-3</v>
+        <v>154</v>
+      </c>
+      <c r="D35" s="103">
+        <v>4.1666666666666666E-3</v>
       </c>
       <c r="E35" s="72">
-        <v>2.0833333333333333E-3</v>
+        <v>4.7222222222222221E-2</v>
       </c>
       <c r="F35" s="9"/>
       <c r="G35" s="13">
         <v>4</v>
       </c>
       <c r="H35" s="2" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-      <c r="J35" s="92"/>
+        <v>172</v>
+      </c>
+      <c r="I35" s="89">
+        <v>2.7777777777777779E-3</v>
+      </c>
+      <c r="J35" s="92">
+        <v>4.5138888888888888E-2</v>
+      </c>
       <c r="K35" s="9"/>
       <c r="L35" s="67">
         <v>4</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-      <c r="O35" s="71"/>
+        <v>103</v>
+      </c>
+      <c r="N35" s="3">
+        <v>2.7777777777777779E-3</v>
+      </c>
+      <c r="O35" s="71">
+        <v>4.1666666666666666E-3</v>
+      </c>
       <c r="P35" s="5"/>
     </row>
     <row r="36" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A36" s="5"/>
       <c r="B36" s="5"/>
       <c r="C36" s="5"/>
       <c r="D36" s="5"/>
       <c r="E36" s="5"/>
       <c r="F36" s="5"/>
       <c r="G36" s="16"/>
       <c r="H36" s="75"/>
       <c r="I36" s="17"/>
       <c r="J36" s="17"/>
       <c r="K36" s="5"/>
       <c r="L36" s="5"/>
       <c r="M36" s="5"/>
       <c r="N36" s="5"/>
       <c r="O36" s="5"/>
       <c r="P36" s="5"/>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="M2:N2"/>
     <mergeCell ref="M8:N8"/>
     <mergeCell ref="M30:N30"/>
@@ -4512,112 +4586,112 @@
     <mergeCell ref="M19:N19"/>
     <mergeCell ref="M24:N24"/>
     <mergeCell ref="H30:I30"/>
     <mergeCell ref="H23:I23"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="C2:D2"/>
     <mergeCell ref="H8:I8"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="60" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="16" max="73" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:S41"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="40" workbookViewId="0">
-      <selection activeCell="J44" sqref="J44"/>
+      <selection activeCell="D19" sqref="D19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.42578125" style="23" customWidth="1"/>
     <col min="2" max="2" width="7.5703125" style="23" customWidth="1"/>
     <col min="3" max="3" width="31.140625" style="23" customWidth="1"/>
     <col min="4" max="4" width="10.85546875" style="23" customWidth="1"/>
     <col min="5" max="5" width="11.140625" style="23" customWidth="1"/>
     <col min="6" max="6" width="6.28515625" style="23" customWidth="1"/>
     <col min="7" max="7" width="11.42578125" style="23" customWidth="1"/>
     <col min="8" max="8" width="26" style="23" customWidth="1"/>
     <col min="9" max="9" width="9" style="23" customWidth="1"/>
     <col min="10" max="10" width="11.42578125" style="23"/>
     <col min="11" max="11" width="7.42578125" style="23" customWidth="1"/>
     <col min="12" max="12" width="8.7109375" style="23" customWidth="1"/>
     <col min="13" max="13" width="25.85546875" style="23" customWidth="1"/>
     <col min="14" max="14" width="11.42578125" style="23"/>
     <col min="15" max="15" width="10.85546875" style="23" customWidth="1"/>
     <col min="16" max="16384" width="11.42578125" style="23"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="81" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="22"/>
       <c r="B1" s="22"/>
       <c r="C1" s="24"/>
       <c r="D1" s="22"/>
       <c r="E1" s="22"/>
       <c r="F1" s="22"/>
       <c r="G1" s="22"/>
       <c r="H1" s="22"/>
       <c r="I1" s="22"/>
       <c r="J1" s="22"/>
       <c r="K1" s="22"/>
       <c r="L1" s="22"/>
       <c r="M1" s="22"/>
       <c r="N1" s="22"/>
       <c r="O1" s="22"/>
       <c r="P1" s="22"/>
     </row>
     <row r="2" spans="1:18" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="24"/>
       <c r="B2" s="26"/>
-      <c r="C2" s="112" t="s">
-[...2 lines deleted...]
-      <c r="D2" s="113"/>
+      <c r="C2" s="110" t="s">
+        <v>107</v>
+      </c>
+      <c r="D2" s="111"/>
       <c r="E2" s="26"/>
       <c r="F2" s="25"/>
       <c r="G2" s="26"/>
-      <c r="H2" s="112" t="s">
+      <c r="H2" s="110" t="s">
         <v>54</v>
       </c>
-      <c r="I2" s="113"/>
+      <c r="I2" s="111"/>
       <c r="J2" s="26"/>
       <c r="K2" s="25"/>
       <c r="L2" s="26"/>
-      <c r="M2" s="114" t="s">
-[...2 lines deleted...]
-      <c r="N2" s="116"/>
+      <c r="M2" s="112" t="s">
+        <v>186</v>
+      </c>
+      <c r="N2" s="114"/>
       <c r="O2" s="26"/>
       <c r="P2" s="22"/>
     </row>
     <row r="3" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="24"/>
       <c r="B3" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="28" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="29" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="30" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="25"/>
       <c r="G3" s="81" t="s">
         <v>0</v>
       </c>
       <c r="H3" s="82" t="s">
         <v>1</v>
       </c>
       <c r="I3" s="83" t="s">
@@ -4625,1160 +4699,1188 @@
       </c>
       <c r="J3" s="84" t="s">
         <v>3</v>
       </c>
       <c r="K3" s="25"/>
       <c r="L3" s="27" t="s">
         <v>0</v>
       </c>
       <c r="M3" s="28" t="s">
         <v>1</v>
       </c>
       <c r="N3" s="29" t="s">
         <v>2</v>
       </c>
       <c r="O3" s="30" t="s">
         <v>3</v>
       </c>
       <c r="P3" s="22"/>
     </row>
     <row r="4" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="24"/>
       <c r="B4" s="33">
         <v>1</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="D4" s="31">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="E4" s="32">
-        <v>8.4027777777777771E-2</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="F4" s="25"/>
       <c r="G4" s="33">
         <v>1</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I4" s="31">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="J4" s="32">
-        <v>0.125</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="K4" s="25"/>
       <c r="L4" s="33">
         <v>1</v>
       </c>
       <c r="M4" s="1" t="s">
-        <v>132</v>
+        <v>123</v>
       </c>
       <c r="N4" s="31">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="O4" s="32">
-        <v>8.4027777777777771E-2</v>
+        <v>0.16805555555555554</v>
       </c>
       <c r="P4" s="22"/>
     </row>
     <row r="5" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="24"/>
       <c r="B5" s="33">
         <v>2</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="D5" s="31">
-        <v>8.3333333333333329E-2</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="E5" s="61">
-        <v>8.4027777777777771E-2</v>
+        <v>8.6111111111111124E-2</v>
       </c>
       <c r="F5" s="25"/>
       <c r="G5" s="33">
         <v>2</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-      <c r="J5" s="32"/>
+        <v>55</v>
+      </c>
+      <c r="I5" s="31">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="J5" s="32">
+        <v>0.12708333333333333</v>
+      </c>
       <c r="K5" s="25"/>
       <c r="L5" s="33">
         <v>2</v>
       </c>
       <c r="M5" s="1" t="s">
-        <v>129</v>
+        <v>12</v>
       </c>
       <c r="N5" s="31">
-        <v>8.3333333333333329E-2</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="O5" s="32">
-        <v>8.4027777777777771E-2</v>
+        <v>0.16805555555555554</v>
       </c>
       <c r="P5" s="22"/>
       <c r="R5" s="34"/>
     </row>
     <row r="6" spans="1:18" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="24"/>
       <c r="B6" s="33">
         <v>3</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="D6" s="65">
-        <v>1.3888888888888889E-3</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="E6" s="68">
-        <v>4.3055555555555562E-2</v>
+        <v>0.16805555555555554</v>
       </c>
       <c r="F6" s="25"/>
       <c r="G6" s="35">
         <v>3</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>55</v>
+        <v>116</v>
       </c>
       <c r="I6" s="3">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="J6" s="70">
-        <v>2.0833333333333333E-3</v>
+        <v>4.5138888888888888E-2</v>
       </c>
       <c r="K6" s="25"/>
       <c r="L6" s="33">
         <v>3</v>
       </c>
       <c r="M6" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="N6" s="65">
-        <v>1.3888888888888889E-3</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="O6" s="32">
-        <v>4.3055555555555562E-2</v>
+        <v>0.12708333333333333</v>
       </c>
       <c r="P6" s="22"/>
     </row>
     <row r="7" spans="1:18" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="24"/>
       <c r="B7" s="74">
         <v>4</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="D7" s="79">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="E7" s="80">
-        <v>4.3055555555555562E-2</v>
+        <v>4.5138888888888888E-2</v>
       </c>
       <c r="F7" s="25"/>
       <c r="G7" s="36"/>
       <c r="H7" s="24"/>
       <c r="I7" s="69"/>
       <c r="J7" s="38"/>
       <c r="K7" s="25"/>
       <c r="L7" s="67">
         <v>4</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>12</v>
+        <v>122</v>
       </c>
       <c r="N7" s="3">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="O7" s="71">
-        <v>4.3055555555555562E-2</v>
+        <v>4.5138888888888888E-2</v>
       </c>
       <c r="P7" s="22"/>
     </row>
     <row r="8" spans="1:18" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="22"/>
       <c r="B8" s="36"/>
       <c r="C8" s="24"/>
       <c r="D8" s="69"/>
       <c r="E8" s="38"/>
       <c r="F8" s="26"/>
       <c r="G8" s="26"/>
-      <c r="H8" s="112" t="s">
-[...2 lines deleted...]
-      <c r="I8" s="113"/>
+      <c r="H8" s="110" t="s">
+        <v>117</v>
+      </c>
+      <c r="I8" s="111"/>
       <c r="J8" s="26"/>
       <c r="K8" s="26"/>
       <c r="L8" s="88"/>
       <c r="M8" s="64"/>
       <c r="N8" s="77"/>
       <c r="O8" s="77"/>
       <c r="P8" s="22"/>
     </row>
     <row r="9" spans="1:18" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="22"/>
       <c r="B9" s="26"/>
-      <c r="C9" s="112" t="s">
+      <c r="C9" s="110" t="s">
         <v>47</v>
       </c>
-      <c r="D9" s="113"/>
+      <c r="D9" s="111"/>
       <c r="E9" s="26"/>
       <c r="F9" s="26"/>
       <c r="G9" s="81" t="s">
         <v>0</v>
       </c>
       <c r="H9" s="82" t="s">
         <v>1</v>
       </c>
       <c r="I9" s="83" t="s">
         <v>2</v>
       </c>
       <c r="J9" s="84" t="s">
         <v>3</v>
       </c>
       <c r="K9" s="25"/>
       <c r="L9" s="26"/>
-      <c r="M9" s="112" t="s">
+      <c r="M9" s="110" t="s">
         <v>58</v>
       </c>
-      <c r="N9" s="113"/>
+      <c r="N9" s="111"/>
       <c r="O9" s="26"/>
       <c r="P9" s="22"/>
     </row>
     <row r="10" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="22"/>
       <c r="B10" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="28" t="s">
         <v>1</v>
       </c>
       <c r="D10" s="29" t="s">
         <v>2</v>
       </c>
       <c r="E10" s="30" t="s">
         <v>3</v>
       </c>
       <c r="F10" s="26"/>
       <c r="G10" s="33">
         <v>1</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="I10" s="31">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="J10" s="32">
-        <v>0.125</v>
+        <v>0.25</v>
       </c>
       <c r="K10" s="25"/>
       <c r="L10" s="27" t="s">
         <v>0</v>
       </c>
       <c r="M10" s="28" t="s">
         <v>1</v>
       </c>
       <c r="N10" s="29" t="s">
         <v>2</v>
       </c>
       <c r="O10" s="30" t="s">
         <v>3</v>
       </c>
       <c r="P10" s="22"/>
       <c r="R10" s="34"/>
     </row>
     <row r="11" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="33">
         <v>1</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D11" s="31">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="E11" s="32">
-        <v>0.125</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="F11" s="26"/>
       <c r="G11" s="33">
         <v>2</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="J11" s="32"/>
+        <v>13</v>
+      </c>
+      <c r="I11" s="31">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="J11" s="32">
+        <v>0.12708333333333333</v>
+      </c>
       <c r="K11" s="25"/>
       <c r="L11" s="33">
         <v>1</v>
       </c>
       <c r="M11" s="1" t="s">
-        <v>135</v>
+        <v>15</v>
       </c>
       <c r="N11" s="31">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="O11" s="32">
-        <v>0.125</v>
+        <v>0.25</v>
       </c>
       <c r="P11" s="22"/>
     </row>
     <row r="12" spans="1:18" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A12" s="22"/>
       <c r="B12" s="33">
         <v>2</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="D12" s="31">
-        <v>8.3333333333333329E-2</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="E12" s="32">
-        <v>0.125</v>
+        <v>0.16805555555555554</v>
       </c>
       <c r="F12" s="26"/>
       <c r="G12" s="35">
         <v>3</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="I12" s="3">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="J12" s="70">
-        <v>2.0833333333333333E-3</v>
+        <v>4.1666666666666666E-3</v>
       </c>
       <c r="K12" s="25"/>
       <c r="L12" s="33">
         <v>2</v>
       </c>
       <c r="M12" s="1" t="s">
-        <v>15</v>
+        <v>204</v>
       </c>
       <c r="N12" s="31">
-        <v>8.3333333333333329E-2</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="O12" s="32">
-        <v>0.125</v>
+        <v>0.16805555555555554</v>
       </c>
       <c r="P12" s="22"/>
     </row>
     <row r="13" spans="1:18" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13" s="22"/>
       <c r="B13" s="33">
         <v>3</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="D13" s="65">
-        <v>1.3888888888888889E-3</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="E13" s="68">
-        <v>2.0833333333333333E-3</v>
+        <v>0.12708333333333333</v>
       </c>
       <c r="F13" s="26"/>
       <c r="G13" s="36"/>
       <c r="H13" s="64"/>
       <c r="I13" s="77"/>
       <c r="J13" s="78"/>
       <c r="K13" s="25"/>
       <c r="L13" s="33">
         <v>3</v>
       </c>
       <c r="M13" s="1" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="N13" s="65">
-        <v>1.3888888888888889E-3</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="O13" s="32">
-        <v>2.0833333333333333E-3</v>
+        <v>8.6111111111111124E-2</v>
       </c>
       <c r="P13" s="22"/>
     </row>
     <row r="14" spans="1:18" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="22"/>
       <c r="B14" s="74">
         <v>4</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="D14" s="79">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="E14" s="80">
-        <v>2.0833333333333333E-3</v>
+        <v>4.1666666666666666E-3</v>
       </c>
       <c r="F14" s="26"/>
       <c r="G14" s="26"/>
-      <c r="H14" s="112" t="s">
-[...2 lines deleted...]
-      <c r="I14" s="113"/>
+      <c r="H14" s="110" t="s">
+        <v>184</v>
+      </c>
+      <c r="I14" s="111"/>
       <c r="J14" s="26"/>
       <c r="K14" s="25"/>
       <c r="L14" s="67">
         <v>4</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="N14" s="3">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="O14" s="71">
-        <v>2.0833333333333333E-3</v>
+        <v>4.1666666666666666E-3</v>
       </c>
       <c r="P14" s="22"/>
     </row>
     <row r="15" spans="1:18" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="26"/>
       <c r="G15" s="18" t="s">
         <v>0</v>
       </c>
       <c r="H15" s="28" t="s">
         <v>1</v>
       </c>
       <c r="I15" s="29" t="s">
         <v>2</v>
       </c>
       <c r="J15" s="30" t="s">
         <v>3</v>
       </c>
       <c r="K15" s="25"/>
       <c r="L15" s="22"/>
       <c r="M15" s="22"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="22"/>
     </row>
     <row r="16" spans="1:18" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="22"/>
       <c r="B16" s="26"/>
-      <c r="C16" s="112" t="s">
+      <c r="C16" s="110" t="s">
         <v>50</v>
       </c>
-      <c r="D16" s="113"/>
+      <c r="D16" s="111"/>
       <c r="E16" s="26"/>
       <c r="F16" s="26"/>
       <c r="G16" s="33">
         <v>1</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I16" s="31">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="J16" s="32">
-        <v>0.125</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="K16" s="25"/>
       <c r="L16" s="22"/>
       <c r="M16" s="22"/>
       <c r="N16" s="22"/>
       <c r="O16" s="22"/>
       <c r="P16" s="22"/>
     </row>
     <row r="17" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="22"/>
       <c r="B17" s="81" t="s">
         <v>0</v>
       </c>
       <c r="C17" s="82" t="s">
         <v>1</v>
       </c>
       <c r="D17" s="83" t="s">
         <v>2</v>
       </c>
       <c r="E17" s="84" t="s">
         <v>3</v>
       </c>
       <c r="F17" s="26"/>
       <c r="G17" s="33">
         <v>2</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
       <c r="I17" s="65">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="J17" s="32">
-        <v>8.4027777777777771E-2</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="K17" s="25"/>
       <c r="L17" s="26"/>
-      <c r="M17" s="112" t="s">
-[...2 lines deleted...]
-      <c r="N17" s="113"/>
+      <c r="M17" s="110" t="s">
+        <v>198</v>
+      </c>
+      <c r="N17" s="111"/>
       <c r="O17" s="26"/>
       <c r="P17" s="22"/>
     </row>
     <row r="18" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="22"/>
       <c r="B18" s="33">
         <v>1</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>35</v>
+        <v>211</v>
       </c>
       <c r="D18" s="31">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="E18" s="32">
-        <v>0.125</v>
+        <v>0.16805555555555554</v>
       </c>
       <c r="F18" s="26"/>
       <c r="G18" s="33">
         <v>3</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I18" s="65">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="J18" s="68">
-        <v>4.3055555555555562E-2</v>
+        <v>8.6111111111111124E-2</v>
       </c>
       <c r="K18" s="25"/>
       <c r="L18" s="27" t="s">
         <v>0</v>
       </c>
       <c r="M18" s="28" t="s">
         <v>1</v>
       </c>
       <c r="N18" s="29" t="s">
         <v>2</v>
       </c>
       <c r="O18" s="30" t="s">
         <v>3</v>
       </c>
       <c r="P18" s="22"/>
     </row>
     <row r="19" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A19" s="22"/>
       <c r="B19" s="33">
         <v>2</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-      <c r="E19" s="32"/>
+        <v>35</v>
+      </c>
+      <c r="D19" s="31">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="E19" s="32">
+        <v>0.16805555555555554</v>
+      </c>
       <c r="F19" s="26"/>
       <c r="G19" s="74">
         <v>4</v>
       </c>
       <c r="H19" s="4" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="I19" s="79">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="J19" s="80">
-        <v>2.0833333333333333E-3</v>
+        <v>4.1666666666666666E-3</v>
       </c>
       <c r="K19" s="25"/>
       <c r="L19" s="33">
         <v>1</v>
       </c>
       <c r="M19" s="1" t="s">
-        <v>34</v>
+        <v>125</v>
       </c>
       <c r="N19" s="31">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="O19" s="32">
-        <v>0.125</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="P19" s="22"/>
     </row>
     <row r="20" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A20" s="22"/>
       <c r="B20" s="35">
         <v>3</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="D20" s="3">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="E20" s="70">
-        <v>2.0833333333333333E-3</v>
+        <v>4.5138888888888888E-2</v>
       </c>
       <c r="F20" s="26"/>
       <c r="G20" s="36"/>
-      <c r="H20" s="101"/>
-      <c r="I20" s="102"/>
+      <c r="H20" s="99"/>
+      <c r="I20" s="100"/>
       <c r="J20" s="77"/>
       <c r="K20" s="25"/>
       <c r="L20" s="33">
         <v>2</v>
       </c>
-      <c r="M20" s="106" t="s">
-[...3 lines deleted...]
-      <c r="O20" s="32"/>
+      <c r="M20" s="104" t="s">
+        <v>34</v>
+      </c>
+      <c r="N20" s="31">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="O20" s="32">
+        <v>0.16805555555555554</v>
+      </c>
       <c r="P20" s="22"/>
     </row>
     <row r="21" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="22"/>
       <c r="B21" s="36"/>
       <c r="C21" s="24"/>
       <c r="D21" s="69"/>
       <c r="E21" s="38"/>
       <c r="F21" s="26"/>
       <c r="G21" s="26"/>
-      <c r="H21" s="112" t="s">
-[...2 lines deleted...]
-      <c r="I21" s="113"/>
+      <c r="H21" s="110" t="s">
+        <v>120</v>
+      </c>
+      <c r="I21" s="111"/>
       <c r="J21" s="26"/>
       <c r="K21" s="25"/>
       <c r="L21" s="35">
         <v>3</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="N21" s="3">
-        <v>1.3888888888888889E-3</v>
-[...2 lines deleted...]
-        <v>2.0833333333333333E-3</v>
+        <v>2.7777777777777779E-3</v>
+      </c>
+      <c r="O21" s="105">
+        <v>4.1666666666666666E-3</v>
       </c>
       <c r="P21" s="22"/>
     </row>
     <row r="22" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="22"/>
       <c r="B22" s="26"/>
-      <c r="C22" s="112" t="s">
+      <c r="C22" s="110" t="s">
         <v>51</v>
       </c>
-      <c r="D22" s="113"/>
+      <c r="D22" s="111"/>
       <c r="E22" s="26"/>
       <c r="F22" s="26"/>
       <c r="G22" s="18" t="s">
         <v>0</v>
       </c>
       <c r="H22" s="28" t="s">
         <v>1</v>
       </c>
       <c r="I22" s="29" t="s">
         <v>2</v>
       </c>
       <c r="J22" s="30" t="s">
         <v>3</v>
       </c>
       <c r="K22" s="25"/>
       <c r="L22" s="88"/>
       <c r="M22" s="64"/>
       <c r="N22" s="77"/>
       <c r="O22" s="77"/>
       <c r="P22" s="22"/>
       <c r="S22" s="37"/>
     </row>
     <row r="23" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="22"/>
       <c r="B23" s="81" t="s">
         <v>0</v>
       </c>
       <c r="C23" s="82" t="s">
         <v>1</v>
       </c>
       <c r="D23" s="83" t="s">
         <v>2</v>
       </c>
       <c r="E23" s="84" t="s">
         <v>3</v>
       </c>
       <c r="F23" s="26"/>
       <c r="G23" s="33">
         <v>1</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="I23" s="31">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="J23" s="32">
-        <v>0.125</v>
+        <v>0.25</v>
       </c>
       <c r="K23" s="25"/>
       <c r="L23" s="26"/>
-      <c r="M23" s="112" t="s">
-[...2 lines deleted...]
-      <c r="N23" s="113"/>
+      <c r="M23" s="110" t="s">
+        <v>130</v>
+      </c>
+      <c r="N23" s="111"/>
       <c r="O23" s="26"/>
       <c r="P23" s="22"/>
       <c r="S23" s="37"/>
     </row>
     <row r="24" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="22"/>
       <c r="B24" s="33">
         <v>1</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D24" s="31">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="E24" s="32">
-        <v>8.4027777777777771E-2</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="F24" s="26"/>
       <c r="G24" s="33">
         <v>2</v>
       </c>
       <c r="H24" s="66" t="s">
         <v>52</v>
       </c>
       <c r="I24" s="31">
-        <v>8.3333333333333329E-2</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="J24" s="32">
-        <v>8.4027777777777771E-2</v>
+        <v>8.6111111111111124E-2</v>
       </c>
       <c r="K24" s="25"/>
       <c r="L24" s="81" t="s">
         <v>0</v>
       </c>
       <c r="M24" s="82" t="s">
         <v>1</v>
       </c>
       <c r="N24" s="83" t="s">
         <v>2</v>
       </c>
       <c r="O24" s="84" t="s">
         <v>3</v>
       </c>
       <c r="P24" s="22"/>
       <c r="S24" s="39"/>
     </row>
     <row r="25" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="22"/>
       <c r="B25" s="33">
         <v>2</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-      <c r="E25" s="32"/>
+        <v>19</v>
+      </c>
+      <c r="D25" s="31">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="E25" s="32">
+        <v>0.16805555555555554</v>
+      </c>
       <c r="F25" s="26"/>
       <c r="G25" s="33">
         <v>3</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I25" s="65">
-        <v>1.3888888888888889E-3</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="J25" s="68">
-        <v>4.3055555555555562E-2</v>
+        <v>0.16805555555555554</v>
       </c>
       <c r="K25" s="25"/>
       <c r="L25" s="33">
         <v>1</v>
       </c>
       <c r="M25" s="1" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="N25" s="31">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="O25" s="32">
-        <v>0.125</v>
+        <v>8.4027777777777771E-2</v>
       </c>
       <c r="P25" s="22"/>
       <c r="S25" s="40"/>
     </row>
     <row r="26" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A26" s="22"/>
       <c r="B26" s="35">
         <v>3</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="D26" s="3">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="E26" s="70">
-        <v>4.3055555555555562E-2</v>
+        <v>4.1666666666666666E-3</v>
       </c>
       <c r="F26" s="26"/>
       <c r="G26" s="67">
         <v>4</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="3">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="J26" s="71">
-        <v>2.0833333333333333E-3</v>
+        <v>4.1666666666666666E-3</v>
       </c>
       <c r="K26" s="25"/>
       <c r="L26" s="33">
         <v>2</v>
       </c>
       <c r="M26" s="1" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-      <c r="O26" s="32"/>
+        <v>131</v>
+      </c>
+      <c r="N26" s="31">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="O26" s="32">
+        <v>0.16805555555555554</v>
+      </c>
       <c r="P26" s="22"/>
       <c r="S26" s="40"/>
     </row>
     <row r="27" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A27" s="22"/>
       <c r="B27" s="22"/>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="26"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="22"/>
       <c r="J27" s="22"/>
       <c r="K27" s="25"/>
       <c r="L27" s="35">
         <v>3</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>59</v>
       </c>
       <c r="N27" s="3">
         <v>1.3888888888888889E-3</v>
       </c>
       <c r="O27" s="70">
         <v>2.0833333333333333E-3</v>
       </c>
       <c r="P27" s="22"/>
     </row>
     <row r="28" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="22"/>
       <c r="B28" s="26"/>
-      <c r="C28" s="112" t="s">
+      <c r="C28" s="110" t="s">
         <v>53</v>
       </c>
-      <c r="D28" s="113"/>
+      <c r="D28" s="111"/>
       <c r="E28" s="26"/>
       <c r="F28" s="26"/>
       <c r="G28" s="26"/>
-      <c r="H28" s="114" t="s">
-[...2 lines deleted...]
-      <c r="I28" s="116"/>
+      <c r="H28" s="112" t="s">
+        <v>185</v>
+      </c>
+      <c r="I28" s="114"/>
       <c r="J28" s="26"/>
       <c r="K28" s="25"/>
       <c r="L28" s="22"/>
       <c r="M28" s="22"/>
       <c r="N28" s="22"/>
       <c r="O28" s="22"/>
       <c r="P28" s="22"/>
     </row>
     <row r="29" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="22"/>
       <c r="B29" s="81" t="s">
         <v>0</v>
       </c>
       <c r="C29" s="82" t="s">
         <v>1</v>
       </c>
       <c r="D29" s="83" t="s">
         <v>2</v>
       </c>
       <c r="E29" s="84" t="s">
         <v>3</v>
       </c>
       <c r="F29" s="26"/>
       <c r="G29" s="27" t="s">
         <v>0</v>
       </c>
       <c r="H29" s="28" t="s">
         <v>1</v>
       </c>
       <c r="I29" s="29" t="s">
         <v>2</v>
       </c>
       <c r="J29" s="30" t="s">
         <v>3</v>
       </c>
       <c r="K29" s="25"/>
       <c r="L29" s="26"/>
-      <c r="M29" s="112" t="s">
-[...2 lines deleted...]
-      <c r="N29" s="113"/>
+      <c r="M29" s="110" t="s">
+        <v>129</v>
+      </c>
+      <c r="N29" s="111"/>
       <c r="O29" s="26"/>
       <c r="P29" s="22"/>
     </row>
     <row r="30" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="22"/>
       <c r="B30" s="33">
         <v>1</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="D30" s="31">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="E30" s="32">
-        <v>0.125</v>
+        <v>0.25</v>
       </c>
       <c r="F30" s="26"/>
       <c r="G30" s="33">
         <v>1</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>57</v>
       </c>
       <c r="I30" s="31">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="J30" s="32">
         <v>0.125</v>
       </c>
       <c r="K30" s="25"/>
       <c r="L30" s="27" t="s">
         <v>0</v>
       </c>
       <c r="M30" s="28" t="s">
         <v>1</v>
       </c>
       <c r="N30" s="29" t="s">
         <v>2</v>
       </c>
       <c r="O30" s="30" t="s">
         <v>3</v>
       </c>
       <c r="P30" s="22"/>
     </row>
     <row r="31" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="22"/>
       <c r="B31" s="33">
         <v>2</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="E31" s="32"/>
+        <v>114</v>
+      </c>
+      <c r="D31" s="31">
+        <v>8.4722222222222213E-2</v>
+      </c>
+      <c r="E31" s="32">
+        <v>0.12708333333333333</v>
+      </c>
       <c r="F31" s="26"/>
       <c r="G31" s="33">
         <v>2</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I31" s="31">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="J31" s="32">
         <v>8.4027777777777771E-2</v>
       </c>
       <c r="K31" s="25"/>
       <c r="L31" s="33">
         <v>1</v>
       </c>
       <c r="M31" s="1" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="N31" s="31">
-        <v>8.3333333333333329E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="O31" s="32">
-        <v>8.4027777777777771E-2</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="P31" s="22"/>
     </row>
     <row r="32" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A32" s="22"/>
       <c r="B32" s="35">
         <v>3</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>120</v>
+        <v>21</v>
       </c>
       <c r="D32" s="3">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="E32" s="70">
-        <v>2.0833333333333333E-3</v>
+        <v>4.1666666666666666E-3</v>
       </c>
       <c r="F32" s="26"/>
       <c r="G32" s="33">
         <v>3</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>56</v>
       </c>
       <c r="I32" s="65">
-        <v>1.3888888888888889E-3</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="J32" s="32">
-        <v>4.3055555555555562E-2</v>
+        <v>0.16805555555555554</v>
       </c>
       <c r="K32" s="25"/>
       <c r="L32" s="33">
         <v>2</v>
       </c>
       <c r="M32" s="1" t="s">
-        <v>141</v>
+        <v>205</v>
       </c>
       <c r="N32" s="31">
-        <v>8.3333333333333329E-2</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="O32" s="32">
-        <v>8.4027777777777771E-2</v>
+        <v>8.6111111111111124E-2</v>
       </c>
       <c r="P32" s="22"/>
     </row>
     <row r="33" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A33" s="22"/>
       <c r="B33" s="36"/>
       <c r="C33" s="24"/>
       <c r="D33" s="69"/>
       <c r="E33" s="38"/>
       <c r="F33" s="26"/>
       <c r="G33" s="67">
         <v>4</v>
       </c>
       <c r="H33" s="2" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
       <c r="I33" s="3">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="J33" s="71">
-        <v>2.0833333333333333E-3</v>
+        <v>4.1666666666666666E-3</v>
       </c>
       <c r="K33" s="25"/>
       <c r="L33" s="33">
         <v>3</v>
       </c>
       <c r="M33" s="1" t="s">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="N33" s="65">
-        <v>1.3888888888888889E-3</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="O33" s="32">
-        <v>4.3055555555555562E-2</v>
+        <v>0.12708333333333333</v>
       </c>
       <c r="P33" s="22"/>
     </row>
     <row r="34" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="22"/>
       <c r="B34" s="25"/>
-      <c r="C34" s="119"/>
-      <c r="D34" s="119"/>
+      <c r="C34" s="117"/>
+      <c r="D34" s="117"/>
       <c r="E34" s="25"/>
       <c r="F34" s="26"/>
       <c r="G34" s="22"/>
       <c r="H34" s="22"/>
       <c r="I34" s="22"/>
       <c r="J34" s="22"/>
       <c r="K34" s="25"/>
       <c r="L34" s="74">
         <v>4</v>
       </c>
       <c r="M34" s="4" t="s">
-        <v>210</v>
+        <v>133</v>
       </c>
       <c r="N34" s="79">
-        <v>1.3888888888888889E-3</v>
+        <v>2.7777777777777779E-3</v>
       </c>
       <c r="O34" s="80">
-        <v>4.3055555555555562E-2</v>
+        <v>8.6111111111111124E-2</v>
       </c>
       <c r="P34" s="22"/>
     </row>
     <row r="35" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="22"/>
       <c r="B35" s="85"/>
       <c r="C35" s="87"/>
       <c r="D35" s="85"/>
       <c r="E35" s="85"/>
       <c r="F35" s="26"/>
       <c r="G35" s="88"/>
       <c r="H35" s="64"/>
       <c r="I35" s="24"/>
       <c r="J35" s="24"/>
       <c r="K35" s="25"/>
       <c r="L35" s="22"/>
       <c r="M35" s="22"/>
       <c r="N35" s="22"/>
       <c r="O35" s="22"/>
       <c r="P35" s="22"/>
     </row>
     <row r="36" spans="1:16" ht="15" x14ac:dyDescent="0.2">
-      <c r="B36" s="99"/>
+      <c r="B36" s="97"/>
       <c r="C36" s="95"/>
-      <c r="D36" s="100"/>
-      <c r="E36" s="100"/>
+      <c r="D36" s="98"/>
+      <c r="E36" s="98"/>
     </row>
     <row r="37" spans="1:16" ht="15" x14ac:dyDescent="0.2">
-      <c r="B37" s="99"/>
+      <c r="B37" s="97"/>
       <c r="C37" s="95"/>
-      <c r="D37" s="100"/>
-      <c r="E37" s="100"/>
+      <c r="D37" s="98"/>
+      <c r="E37" s="98"/>
     </row>
     <row r="38" spans="1:16" ht="15" x14ac:dyDescent="0.2">
-      <c r="B38" s="99"/>
+      <c r="B38" s="97"/>
       <c r="C38" s="95"/>
       <c r="D38" s="96"/>
-      <c r="E38" s="100"/>
+      <c r="E38" s="98"/>
     </row>
     <row r="41" spans="1:16" x14ac:dyDescent="0.2">
       <c r="M41" s="34"/>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="M23:N23"/>
     <mergeCell ref="M29:N29"/>
     <mergeCell ref="C28:D28"/>
     <mergeCell ref="C34:D34"/>
     <mergeCell ref="H28:I28"/>
     <mergeCell ref="C22:D22"/>
     <mergeCell ref="H14:I14"/>
     <mergeCell ref="H21:I21"/>
     <mergeCell ref="H8:I8"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="M2:N2"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="M9:N9"/>
     <mergeCell ref="M17:N17"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="C2:D2"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="1.18" bottom="1.05" header="0.36" footer="0.4921259845"/>